--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -883,51 +883,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/656692/images/original/Resolu&#231;&#227;o AG n&#186; 14.2025 - Dispensa de elabora&#231;&#227;o do ETP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/656690/images/original/Resolu&#231;&#227;o AG n&#186; 13.2025 - Revoga&#231;&#227;o da tarifa de ades&#227;o Res CA 01.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/656688/images/original/Resolu&#231;&#227;o AG n&#186; 12.2025 - Remanejo de quantitativos em decorr&#234;ncia de emendas parlamentares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/605598/images/original/Resolu&#231;&#227;o AG n&#186; 11.2025 - Processos Administrativos Eletr&#244;nicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/600131/images/original/Resolu&#231;&#227;o AG n&#186; 10.2025 - Aprova o regimento interno do PAS - CONDESUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/600130/images/original/Resolu&#231;&#227;o AG n&#186; 09.2025 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/600129/images/original/Resolu&#231;&#227;o AG n&#186; 08.2025 - Regulamenta Banco de Horas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/600127/images/original/Resolu&#231;&#227;o AG n&#186; 07.2025 - Escalonamento e aumento dos remanejos de quantitativos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/543124/images/original/Resolu&#231;&#227;o AG n&#186; 06.2025 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/543123/images/original/Resolu&#231;&#227;o AG n&#186; 05.2025 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/543122/images/original/Resolu&#231;&#227;o CA n&#186; 01.2025 - Tarifa Administrativa Ades&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/517279/images/original/Resolu&#231;&#227;o AG n&#186; 04.2025 - Aumento Cota Rateio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/517278/images/original/Resolu&#231;&#227;o AG n&#186; 03.2025 - Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/517277/images/original/Resolu&#231;&#227;o AG n&#186; 02.2025 - Altera Padr&#245;es Remunerat&#243;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/517276/images/original/Resolu&#231;&#227;o AG n&#186; 01.2025 - Plano de metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/506880/images/original/03Resolu&#231;&#227;o AG n&#186; 23.2024 - Corre&#231;&#227;o data de vig&#234;ncia da resou&#231;&#227;o 20.2024- Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/503756/images/original/Resolu&#231;&#227;o AG n&#186; 22.2024 - Reajusta Vale-Alimenta&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/503754/images/original/Resolu&#231;&#227;o AG n&#186; 21.2024 - Altera&#231;&#227;o dota&#231;&#227;o or&#231;amentaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/503753/images/original/Resolu&#231;&#227;o AG n&#186; 20.2024 - Controle Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/503752/images/original/Resolu&#231;&#227;o AG n&#186; 19.2024 - Regulamenta Aus&#234;ncias Justificadas - Revisada e corrigida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/517060/images/original/Resolu&#231;&#227;o AG n&#186; 18.2024 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/503749/images/original/Resolu&#231;&#227;o AG n&#186; 17.2024 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/503748/images/original/Resolu&#231;&#227;o AG n&#186; 16.2024 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/489122/images/original/Resolu&#231;&#227;o CA n&#186; 03.2024 - Nomea&#231;&#227;o Comiss&#227;o de Avalia&#231;&#227;o de Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/486815/images/original/Resolu&#231;&#227;o CA n&#186; 02.2024 - Prorroga&#231;&#227;o do Concurso P&#250;blico 01 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/483675/images/original/Resolu&#231;&#227;o AG n&#186; 15.2024 - Altera Regulamento Fiscaliza&#231;&#227;o de Contratos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/483674/images/original/Resolu&#231;&#227;o AG n&#186; 14.2024 - Recomposi&#231;&#227;o Salarial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/469189/images/original/Resolu&#231;&#227;o CA n&#186; 01.2024 - Nomea&#231;&#227;o Comiss&#227;o de Avalia&#231;&#227;o de Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/457912/images/original/Resolu&#231;&#227;o AG n&#186; 13.2024 - Pr&#233;-Qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/457910/images/original/Resolu&#231;&#227;o AG n&#186; 12.2024 - Altera Regulamento Sistema de Registro de Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/417657/images/original/Resolu&#231;&#227;o AG n&#186; 11.2024 - Avalia&#231;&#227;o Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/417645/images/original/Resolu&#231;&#227;o AG n&#186; 10.2024 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/417644/images/original/Resolu&#231;&#227;o AG n&#186; 09.2024 - Regulamenta Sistema de Registro de Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/397052/images/original/Resolu&#231;&#227;o AG n&#186; 08.2024 - Altera Padr&#245;es Remunerat&#243;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/397051/images/original/Resolu&#231;&#227;o AG n&#186; 07.2024 - Controle Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/397050/images/original/Resolu&#231;&#227;o AG n&#186; 06.2024 - Nomea&#231;&#227;o Comiss&#227;o Processo Administrativo Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/397049/images/original/Resolu&#231;&#227;o AG n&#186; 05.2024 - Comiss&#227;o Avalia&#231;&#227;o Pr&#233;-qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/391038/images/original/Resolu&#231;&#227;o AG n&#186; 04.2024 -  Or&#231;amento 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/391036/images/original/Resolu&#231;&#227;o AG n&#186; 03.2024 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/391035/images/original/Resolu&#231;&#227;o AG n&#186; 02.2024 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/391034/images/original/Resolu&#231;&#227;o AG n&#186; 01.2024 - Plano de metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/382888/images/original/Resolu&#231;&#227;o AG n&#186; 30.2023 - Fixa reajuste 2024 assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/382887/images/original/Resolu&#231;&#227;o AG n&#186; 29.2023 - Reajusta Valor Vale-Alimenta&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/381405/images/original/Resolu&#231;&#227;o AG n&#186; 28.2023 - Uso Ve&#237;culo Oficial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/381303/images/original/Resolu&#231;&#227;o AG n&#186; 27.2023 - Bens Inserv&#237;veis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/381302/images/original/Resolu&#231;&#227;o AG n&#186; 26.2023 - Cota De Ingresso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/381301/images/original/Resolu&#231;&#227;o AG n&#186; 25.2023 - Regulamento Pedido de Ingresso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/381300/images/original/Resolu&#231;&#227;o AG n&#186; 24.2023 - Pequenas Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/381296/images/original/Resolu&#231;&#227;o AG n&#186; 23.2023 - Instru&#231;&#227;o Normativa Fiscaliza&#231;&#227;o de Contratos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/381295/images/original/Resolu&#231;&#227;o AG n&#186; 22.2023 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/342013/images/original/Resolu&#231;&#227;o AG n&#186; 21.2023 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/342012/images/original/Resolu&#231;&#227;o AG n&#186; 20.2023 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/314116/images/original/Resolu&#231;&#227;o CA n&#186; 02.2023 - Comiss&#227;o Avalia&#231;&#227;o Pr&#233;-qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/313713/images/original/Resolu&#231;&#227;o CA n&#186; 01.2023 - Di&#225;rias Projeto Fortalece Sociobio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/300843/images/original/Resolu&#231;&#227;o AG n&#186; 19.2023 - Reajuste Deslocamento.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/299903/images/original/Resolu&#231;&#227;o AG n&#186; 18.2023 - Padroniza&#231;&#227;o Pneum&#225;ticos (Publica&#231;&#227;o).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288892/images/original/Resolu&#231;ao-AG-n&#186;-17.2023-Institui-Regime-de-Teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288891/images/original/Resolu&#231;&#227;o-AG-n&#186;-16.2023-Nomea&#231;&#227;o-das-C&#226;maras-Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288890/images/original/Resolu&#231;&#227;o-AG-n&#186;-15.2023-Nomea&#231;&#227;o-Comiss&#227;o-Processo-Administrativo-Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288889/images/original/Resolu&#231;&#227;o-AG-n&#186;-14.2023-Dispensa-Parecer-Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288888/images/original/Resolu&#231;&#227;o-AG-n&#186;-13.2023-Nomea&#231;&#227;o-Pregoeiro-e-Equipe-de-Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288887/images/original/Resolu&#231;&#227;o-AG-n&#186;-12.2023-Nomea&#231;&#227;o-Agente-de-Contrta&#231;&#227;o-e-Comiss&#227;o-de-Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288886/images/original/Resolu&#231;&#227;o-AG-n&#186;-11.2023-Altera-a-Nomenclatura-das-Fun&#231;&#245;es-Gratificadas-Previstas-na-Cl&#225;usula-D&#233;cima-Quinta-do-Contrato-de-Cons&#243;rcio-P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288885/images/original/Resolu&#231;&#227;o-AG-n&#186;-10.2023-Or&#231;amento-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288884/images/original/Resolu&#231;&#227;o-AG-n&#186;-09.2023-Regimento-Controle-Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288883/images/original/Resolu&#231;&#227;o-AG-n&#186;-08.2023-Regulamenta-a-Comiss&#227;o-Inventariante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288882/images/original/Resolu&#231;&#227;o-AG-n&#186;-07.2023-Regulamenta-Pesquisas-de-Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288881/images/original/Resolu&#231;&#227;o-AG-n&#186;-06.2023-Regulamenta-o-Sistema-de-Registro-de-Pre&#231;os.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288880/images/original/Resolu&#231;&#227;o-AG-n&#186;-05.2023-Regulamenta-o-Plano-Anual-de-Contrata&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288879/images/original/Resolu&#231;&#227;o-AG-n&#186;-04.2023-Regulamenta-Contratos-e-Aditivos-por-Via-Eletr&#244;nica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288878/images/original/Resolu&#231;&#227;o-AG-n&#186;-03.2023-Regulamenta-Agente-de-Contrata&#231;&#227;o-Equipe-de-Apoio-e-Comiss&#227;o-de-Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288877/images/original/Resolu&#231;&#227;o-AG-n&#186;-02.2023-Enquadramento-Bens-Comuns-e-de-Luxo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288876/images/original/Resolu&#231;&#227;o-AG-n&#176;-01.2023-Plano-de-metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288875/images/original/RESOLU&#199;&#195;O-AG-N&#176;12.2022-Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288874/images/original/Resolu&#231;&#227;o-11.2022-Or&#231;amento-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288873/images/original/RESOLU&#199;&#195;O-10.2022-Altera&#231;&#227;o-Di&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288872/images/original/Resolu&#231;&#227;o-09.2022-Fixa-reajuste2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288871/images/original/Resolu&#231;&#227;o-08.2022-Or&#231;amento-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288870/images/original/Resolu&#231;&#227;o-07.2022-Comiss&#227;o-Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288869/images/original/Resolu&#231;&#227;o-06.2022-Comiss&#227;o-de-Concurso-P&#250;blico.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288868/images/original/Resolu&#231;&#227;o-05.2022-Auxiliar-t&#233;cnico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288867/images/original/Resolu&#231;&#227;o-04.2022-Banca-Executora-Concurso-P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/283/DocumentAssets/288866/images/original/Resolu&#231;&#227;o-03.2022-Nomea&#231;&#227;o-C&#226;maras-Setoriais.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656692/images/original/Resolu&#231;&#227;o AG n&#186; 14.2025 - Dispensa de elabora&#231;&#227;o do ETP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656690/images/original/Resolu&#231;&#227;o AG n&#186; 13.2025 - Revoga&#231;&#227;o da tarifa de ades&#227;o Res CA 01.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656688/images/original/Resolu&#231;&#227;o AG n&#186; 12.2025 - Remanejo de quantitativos em decorr&#234;ncia de emendas parlamentares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605598/images/original/Resolu&#231;&#227;o AG n&#186; 11.2025 - Processos Administrativos Eletr&#244;nicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600131/images/original/Resolu&#231;&#227;o AG n&#186; 10.2025 - Aprova o regimento interno do PAS - CONDESUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600130/images/original/Resolu&#231;&#227;o AG n&#186; 09.2025 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600129/images/original/Resolu&#231;&#227;o AG n&#186; 08.2025 - Regulamenta Banco de Horas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600127/images/original/Resolu&#231;&#227;o AG n&#186; 07.2025 - Escalonamento e aumento dos remanejos de quantitativos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543124/images/original/Resolu&#231;&#227;o AG n&#186; 06.2025 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543123/images/original/Resolu&#231;&#227;o AG n&#186; 05.2025 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543122/images/original/Resolu&#231;&#227;o CA n&#186; 01.2025 - Tarifa Administrativa Ades&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517279/images/original/Resolu&#231;&#227;o AG n&#186; 04.2025 - Aumento Cota Rateio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517278/images/original/Resolu&#231;&#227;o AG n&#186; 03.2025 - Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517277/images/original/Resolu&#231;&#227;o AG n&#186; 02.2025 - Altera Padr&#245;es Remunerat&#243;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517276/images/original/Resolu&#231;&#227;o AG n&#186; 01.2025 - Plano de metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/506880/images/original/03Resolu&#231;&#227;o AG n&#186; 23.2024 - Corre&#231;&#227;o data de vig&#234;ncia da resou&#231;&#227;o 20.2024- Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503756/images/original/Resolu&#231;&#227;o AG n&#186; 22.2024 - Reajusta Vale-Alimenta&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503754/images/original/Resolu&#231;&#227;o AG n&#186; 21.2024 - Altera&#231;&#227;o dota&#231;&#227;o or&#231;amentaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503753/images/original/Resolu&#231;&#227;o AG n&#186; 20.2024 - Controle Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503752/images/original/Resolu&#231;&#227;o AG n&#186; 19.2024 - Regulamenta Aus&#234;ncias Justificadas - Revisada e corrigida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517060/images/original/Resolu&#231;&#227;o AG n&#186; 18.2024 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503749/images/original/Resolu&#231;&#227;o AG n&#186; 17.2024 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503748/images/original/Resolu&#231;&#227;o AG n&#186; 16.2024 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/489122/images/original/Resolu&#231;&#227;o CA n&#186; 03.2024 - Nomea&#231;&#227;o Comiss&#227;o de Avalia&#231;&#227;o de Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486815/images/original/Resolu&#231;&#227;o CA n&#186; 02.2024 - Prorroga&#231;&#227;o do Concurso P&#250;blico 01 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483675/images/original/Resolu&#231;&#227;o AG n&#186; 15.2024 - Altera Regulamento Fiscaliza&#231;&#227;o de Contratos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483674/images/original/Resolu&#231;&#227;o AG n&#186; 14.2024 - Recomposi&#231;&#227;o Salarial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469189/images/original/Resolu&#231;&#227;o CA n&#186; 01.2024 - Nomea&#231;&#227;o Comiss&#227;o de Avalia&#231;&#227;o de Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/457912/images/original/Resolu&#231;&#227;o AG n&#186; 13.2024 - Pr&#233;-Qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/457910/images/original/Resolu&#231;&#227;o AG n&#186; 12.2024 - Altera Regulamento Sistema de Registro de Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417657/images/original/Resolu&#231;&#227;o AG n&#186; 11.2024 - Avalia&#231;&#227;o Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417645/images/original/Resolu&#231;&#227;o AG n&#186; 10.2024 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417644/images/original/Resolu&#231;&#227;o AG n&#186; 09.2024 - Regulamenta Sistema de Registro de Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397052/images/original/Resolu&#231;&#227;o AG n&#186; 08.2024 - Altera Padr&#245;es Remunerat&#243;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397051/images/original/Resolu&#231;&#227;o AG n&#186; 07.2024 - Controle Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397050/images/original/Resolu&#231;&#227;o AG n&#186; 06.2024 - Nomea&#231;&#227;o Comiss&#227;o Processo Administrativo Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397049/images/original/Resolu&#231;&#227;o AG n&#186; 05.2024 - Comiss&#227;o Avalia&#231;&#227;o Pr&#233;-qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391038/images/original/Resolu&#231;&#227;o AG n&#186; 04.2024 -  Or&#231;amento 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391036/images/original/Resolu&#231;&#227;o AG n&#186; 03.2024 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391035/images/original/Resolu&#231;&#227;o AG n&#186; 02.2024 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391034/images/original/Resolu&#231;&#227;o AG n&#186; 01.2024 - Plano de metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/382888/images/original/Resolu&#231;&#227;o AG n&#186; 30.2023 - Fixa reajuste 2024 assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/382887/images/original/Resolu&#231;&#227;o AG n&#186; 29.2023 - Reajusta Valor Vale-Alimenta&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381405/images/original/Resolu&#231;&#227;o AG n&#186; 28.2023 - Uso Ve&#237;culo Oficial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381303/images/original/Resolu&#231;&#227;o AG n&#186; 27.2023 - Bens Inserv&#237;veis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381302/images/original/Resolu&#231;&#227;o AG n&#186; 26.2023 - Cota De Ingresso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381301/images/original/Resolu&#231;&#227;o AG n&#186; 25.2023 - Regulamento Pedido de Ingresso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381300/images/original/Resolu&#231;&#227;o AG n&#186; 24.2023 - Pequenas Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381296/images/original/Resolu&#231;&#227;o AG n&#186; 23.2023 - Instru&#231;&#227;o Normativa Fiscaliza&#231;&#227;o de Contratos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381295/images/original/Resolu&#231;&#227;o AG n&#186; 22.2023 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/342013/images/original/Resolu&#231;&#227;o AG n&#186; 21.2023 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/342012/images/original/Resolu&#231;&#227;o AG n&#186; 20.2023 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/314116/images/original/Resolu&#231;&#227;o CA n&#186; 02.2023 - Comiss&#227;o Avalia&#231;&#227;o Pr&#233;-qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/313713/images/original/Resolu&#231;&#227;o CA n&#186; 01.2023 - Di&#225;rias Projeto Fortalece Sociobio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/300843/images/original/Resolu&#231;&#227;o AG n&#186; 19.2023 - Reajuste Deslocamento.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/299903/images/original/Resolu&#231;&#227;o AG n&#186; 18.2023 - Padroniza&#231;&#227;o Pneum&#225;ticos (Publica&#231;&#227;o).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288892/images/original/Resolu&#231;ao-AG-n&#186;-17.2023-Institui-Regime-de-Teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288891/images/original/Resolu&#231;&#227;o-AG-n&#186;-16.2023-Nomea&#231;&#227;o-das-C&#226;maras-Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288890/images/original/Resolu&#231;&#227;o-AG-n&#186;-15.2023-Nomea&#231;&#227;o-Comiss&#227;o-Processo-Administrativo-Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288889/images/original/Resolu&#231;&#227;o-AG-n&#186;-14.2023-Dispensa-Parecer-Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288888/images/original/Resolu&#231;&#227;o-AG-n&#186;-13.2023-Nomea&#231;&#227;o-Pregoeiro-e-Equipe-de-Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288887/images/original/Resolu&#231;&#227;o-AG-n&#186;-12.2023-Nomea&#231;&#227;o-Agente-de-Contrta&#231;&#227;o-e-Comiss&#227;o-de-Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288886/images/original/Resolu&#231;&#227;o-AG-n&#186;-11.2023-Altera-a-Nomenclatura-das-Fun&#231;&#245;es-Gratificadas-Previstas-na-Cl&#225;usula-D&#233;cima-Quinta-do-Contrato-de-Cons&#243;rcio-P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288885/images/original/Resolu&#231;&#227;o-AG-n&#186;-10.2023-Or&#231;amento-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288884/images/original/Resolu&#231;&#227;o-AG-n&#186;-09.2023-Regimento-Controle-Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288883/images/original/Resolu&#231;&#227;o-AG-n&#186;-08.2023-Regulamenta-a-Comiss&#227;o-Inventariante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288882/images/original/Resolu&#231;&#227;o-AG-n&#186;-07.2023-Regulamenta-Pesquisas-de-Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288881/images/original/Resolu&#231;&#227;o-AG-n&#186;-06.2023-Regulamenta-o-Sistema-de-Registro-de-Pre&#231;os.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288880/images/original/Resolu&#231;&#227;o-AG-n&#186;-05.2023-Regulamenta-o-Plano-Anual-de-Contrata&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288879/images/original/Resolu&#231;&#227;o-AG-n&#186;-04.2023-Regulamenta-Contratos-e-Aditivos-por-Via-Eletr&#244;nica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288878/images/original/Resolu&#231;&#227;o-AG-n&#186;-03.2023-Regulamenta-Agente-de-Contrata&#231;&#227;o-Equipe-de-Apoio-e-Comiss&#227;o-de-Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288877/images/original/Resolu&#231;&#227;o-AG-n&#186;-02.2023-Enquadramento-Bens-Comuns-e-de-Luxo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288876/images/original/Resolu&#231;&#227;o-AG-n&#176;-01.2023-Plano-de-metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288875/images/original/RESOLU&#199;&#195;O-AG-N&#176;12.2022-Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288874/images/original/Resolu&#231;&#227;o-11.2022-Or&#231;amento-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288873/images/original/RESOLU&#199;&#195;O-10.2022-Altera&#231;&#227;o-Di&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288872/images/original/Resolu&#231;&#227;o-09.2022-Fixa-reajuste2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288871/images/original/Resolu&#231;&#227;o-08.2022-Or&#231;amento-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288870/images/original/Resolu&#231;&#227;o-07.2022-Comiss&#227;o-Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288869/images/original/Resolu&#231;&#227;o-06.2022-Comiss&#227;o-de-Concurso-P&#250;blico.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288868/images/original/Resolu&#231;&#227;o-05.2022-Auxiliar-t&#233;cnico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288867/images/original/Resolu&#231;&#227;o-04.2022-Banca-Executora-Concurso-P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288866/images/original/Resolu&#231;&#227;o-03.2022-Nomea&#231;&#227;o-C&#226;maras-Setoriais.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C84" sqref="C84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>