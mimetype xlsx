--- v1 (2025-11-18)
+++ v2 (2026-03-04)
@@ -12,59 +12,119 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO AG Nº 03/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>Resolução AG nº 03.2026 - Nomeação das Câmaras Setoriais.pdf</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO AG Nº 02/2026</t>
+  </si>
+  <si>
+    <t>Resolução AG nº 02.2026 - Diárias admissibilidade de recibos como comprovação de hospedagem.pdf</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO AG Nº01/2026</t>
+  </si>
+  <si>
+    <t>Resolução AG nº 01.2026 - Plano de metas.pdf</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO AG Nº20/2025</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>Resolução AG nº 20.2025 - Eleição.pdf</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO AG Nº19/2025</t>
+  </si>
+  <si>
+    <t>Resolução AG nº 19.2025 - Regulamenta recesso ao fim do ano.pdf</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO AG Nº18/2025</t>
+  </si>
+  <si>
+    <t>Resolução AG nº 18.2025 - Controle Interno.pdf</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO AG Nº17/2025</t>
+  </si>
+  <si>
+    <t>Resolução AG nº 17.2025 - Nomeação Pregoeiro e Equipe de Apoio.pdf</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO AG Nº16/2025</t>
+  </si>
+  <si>
+    <t>Resolução AG nº 16.2025 - Nomeação Agente de Contratação e Comissão de Contratação .pdf</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO AG Nº15/2025</t>
+  </si>
+  <si>
+    <t>Resolução AG nº 15.2025 - Orçamento 2026.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO AG Nº 14/2025</t>
   </si>
   <si>
     <t>26/09/2025</t>
   </si>
   <si>
     <t>Resolução AG nº 14.2025 - Dispensa de elaboração do ETP.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO AG Nº 13/2025</t>
   </si>
   <si>
     <t>Resolução AG nº 13.2025 - Revogação da tarifa de adesão Res CA 01.2025.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO AG Nº 12/2025</t>
   </si>
   <si>
     <t>Resolução AG nº 12.2025 - Remanejo de quantitativos em decorrência de emendas parlamentares.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO AG Nº 11/2025</t>
   </si>
@@ -883,62 +943,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656692/images/original/Resolu&#231;&#227;o AG n&#186; 14.2025 - Dispensa de elabora&#231;&#227;o do ETP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656690/images/original/Resolu&#231;&#227;o AG n&#186; 13.2025 - Revoga&#231;&#227;o da tarifa de ades&#227;o Res CA 01.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656688/images/original/Resolu&#231;&#227;o AG n&#186; 12.2025 - Remanejo de quantitativos em decorr&#234;ncia de emendas parlamentares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605598/images/original/Resolu&#231;&#227;o AG n&#186; 11.2025 - Processos Administrativos Eletr&#244;nicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600131/images/original/Resolu&#231;&#227;o AG n&#186; 10.2025 - Aprova o regimento interno do PAS - CONDESUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600130/images/original/Resolu&#231;&#227;o AG n&#186; 09.2025 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600129/images/original/Resolu&#231;&#227;o AG n&#186; 08.2025 - Regulamenta Banco de Horas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600127/images/original/Resolu&#231;&#227;o AG n&#186; 07.2025 - Escalonamento e aumento dos remanejos de quantitativos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543124/images/original/Resolu&#231;&#227;o AG n&#186; 06.2025 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543123/images/original/Resolu&#231;&#227;o AG n&#186; 05.2025 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543122/images/original/Resolu&#231;&#227;o CA n&#186; 01.2025 - Tarifa Administrativa Ades&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517279/images/original/Resolu&#231;&#227;o AG n&#186; 04.2025 - Aumento Cota Rateio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517278/images/original/Resolu&#231;&#227;o AG n&#186; 03.2025 - Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517277/images/original/Resolu&#231;&#227;o AG n&#186; 02.2025 - Altera Padr&#245;es Remunerat&#243;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517276/images/original/Resolu&#231;&#227;o AG n&#186; 01.2025 - Plano de metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/506880/images/original/03Resolu&#231;&#227;o AG n&#186; 23.2024 - Corre&#231;&#227;o data de vig&#234;ncia da resou&#231;&#227;o 20.2024- Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503756/images/original/Resolu&#231;&#227;o AG n&#186; 22.2024 - Reajusta Vale-Alimenta&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503754/images/original/Resolu&#231;&#227;o AG n&#186; 21.2024 - Altera&#231;&#227;o dota&#231;&#227;o or&#231;amentaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503753/images/original/Resolu&#231;&#227;o AG n&#186; 20.2024 - Controle Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503752/images/original/Resolu&#231;&#227;o AG n&#186; 19.2024 - Regulamenta Aus&#234;ncias Justificadas - Revisada e corrigida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517060/images/original/Resolu&#231;&#227;o AG n&#186; 18.2024 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503749/images/original/Resolu&#231;&#227;o AG n&#186; 17.2024 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503748/images/original/Resolu&#231;&#227;o AG n&#186; 16.2024 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/489122/images/original/Resolu&#231;&#227;o CA n&#186; 03.2024 - Nomea&#231;&#227;o Comiss&#227;o de Avalia&#231;&#227;o de Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486815/images/original/Resolu&#231;&#227;o CA n&#186; 02.2024 - Prorroga&#231;&#227;o do Concurso P&#250;blico 01 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483675/images/original/Resolu&#231;&#227;o AG n&#186; 15.2024 - Altera Regulamento Fiscaliza&#231;&#227;o de Contratos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483674/images/original/Resolu&#231;&#227;o AG n&#186; 14.2024 - Recomposi&#231;&#227;o Salarial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469189/images/original/Resolu&#231;&#227;o CA n&#186; 01.2024 - Nomea&#231;&#227;o Comiss&#227;o de Avalia&#231;&#227;o de Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/457912/images/original/Resolu&#231;&#227;o AG n&#186; 13.2024 - Pr&#233;-Qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/457910/images/original/Resolu&#231;&#227;o AG n&#186; 12.2024 - Altera Regulamento Sistema de Registro de Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417657/images/original/Resolu&#231;&#227;o AG n&#186; 11.2024 - Avalia&#231;&#227;o Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417645/images/original/Resolu&#231;&#227;o AG n&#186; 10.2024 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417644/images/original/Resolu&#231;&#227;o AG n&#186; 09.2024 - Regulamenta Sistema de Registro de Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397052/images/original/Resolu&#231;&#227;o AG n&#186; 08.2024 - Altera Padr&#245;es Remunerat&#243;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397051/images/original/Resolu&#231;&#227;o AG n&#186; 07.2024 - Controle Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397050/images/original/Resolu&#231;&#227;o AG n&#186; 06.2024 - Nomea&#231;&#227;o Comiss&#227;o Processo Administrativo Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397049/images/original/Resolu&#231;&#227;o AG n&#186; 05.2024 - Comiss&#227;o Avalia&#231;&#227;o Pr&#233;-qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391038/images/original/Resolu&#231;&#227;o AG n&#186; 04.2024 -  Or&#231;amento 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391036/images/original/Resolu&#231;&#227;o AG n&#186; 03.2024 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391035/images/original/Resolu&#231;&#227;o AG n&#186; 02.2024 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391034/images/original/Resolu&#231;&#227;o AG n&#186; 01.2024 - Plano de metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/382888/images/original/Resolu&#231;&#227;o AG n&#186; 30.2023 - Fixa reajuste 2024 assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/382887/images/original/Resolu&#231;&#227;o AG n&#186; 29.2023 - Reajusta Valor Vale-Alimenta&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381405/images/original/Resolu&#231;&#227;o AG n&#186; 28.2023 - Uso Ve&#237;culo Oficial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381303/images/original/Resolu&#231;&#227;o AG n&#186; 27.2023 - Bens Inserv&#237;veis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381302/images/original/Resolu&#231;&#227;o AG n&#186; 26.2023 - Cota De Ingresso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381301/images/original/Resolu&#231;&#227;o AG n&#186; 25.2023 - Regulamento Pedido de Ingresso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381300/images/original/Resolu&#231;&#227;o AG n&#186; 24.2023 - Pequenas Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381296/images/original/Resolu&#231;&#227;o AG n&#186; 23.2023 - Instru&#231;&#227;o Normativa Fiscaliza&#231;&#227;o de Contratos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381295/images/original/Resolu&#231;&#227;o AG n&#186; 22.2023 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/342013/images/original/Resolu&#231;&#227;o AG n&#186; 21.2023 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/342012/images/original/Resolu&#231;&#227;o AG n&#186; 20.2023 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/314116/images/original/Resolu&#231;&#227;o CA n&#186; 02.2023 - Comiss&#227;o Avalia&#231;&#227;o Pr&#233;-qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/313713/images/original/Resolu&#231;&#227;o CA n&#186; 01.2023 - Di&#225;rias Projeto Fortalece Sociobio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/300843/images/original/Resolu&#231;&#227;o AG n&#186; 19.2023 - Reajuste Deslocamento.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/299903/images/original/Resolu&#231;&#227;o AG n&#186; 18.2023 - Padroniza&#231;&#227;o Pneum&#225;ticos (Publica&#231;&#227;o).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288892/images/original/Resolu&#231;ao-AG-n&#186;-17.2023-Institui-Regime-de-Teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288891/images/original/Resolu&#231;&#227;o-AG-n&#186;-16.2023-Nomea&#231;&#227;o-das-C&#226;maras-Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288890/images/original/Resolu&#231;&#227;o-AG-n&#186;-15.2023-Nomea&#231;&#227;o-Comiss&#227;o-Processo-Administrativo-Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288889/images/original/Resolu&#231;&#227;o-AG-n&#186;-14.2023-Dispensa-Parecer-Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288888/images/original/Resolu&#231;&#227;o-AG-n&#186;-13.2023-Nomea&#231;&#227;o-Pregoeiro-e-Equipe-de-Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288887/images/original/Resolu&#231;&#227;o-AG-n&#186;-12.2023-Nomea&#231;&#227;o-Agente-de-Contrta&#231;&#227;o-e-Comiss&#227;o-de-Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288886/images/original/Resolu&#231;&#227;o-AG-n&#186;-11.2023-Altera-a-Nomenclatura-das-Fun&#231;&#245;es-Gratificadas-Previstas-na-Cl&#225;usula-D&#233;cima-Quinta-do-Contrato-de-Cons&#243;rcio-P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288885/images/original/Resolu&#231;&#227;o-AG-n&#186;-10.2023-Or&#231;amento-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288884/images/original/Resolu&#231;&#227;o-AG-n&#186;-09.2023-Regimento-Controle-Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288883/images/original/Resolu&#231;&#227;o-AG-n&#186;-08.2023-Regulamenta-a-Comiss&#227;o-Inventariante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288882/images/original/Resolu&#231;&#227;o-AG-n&#186;-07.2023-Regulamenta-Pesquisas-de-Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288881/images/original/Resolu&#231;&#227;o-AG-n&#186;-06.2023-Regulamenta-o-Sistema-de-Registro-de-Pre&#231;os.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288880/images/original/Resolu&#231;&#227;o-AG-n&#186;-05.2023-Regulamenta-o-Plano-Anual-de-Contrata&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288879/images/original/Resolu&#231;&#227;o-AG-n&#186;-04.2023-Regulamenta-Contratos-e-Aditivos-por-Via-Eletr&#244;nica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288878/images/original/Resolu&#231;&#227;o-AG-n&#186;-03.2023-Regulamenta-Agente-de-Contrata&#231;&#227;o-Equipe-de-Apoio-e-Comiss&#227;o-de-Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288877/images/original/Resolu&#231;&#227;o-AG-n&#186;-02.2023-Enquadramento-Bens-Comuns-e-de-Luxo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288876/images/original/Resolu&#231;&#227;o-AG-n&#176;-01.2023-Plano-de-metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288875/images/original/RESOLU&#199;&#195;O-AG-N&#176;12.2022-Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288874/images/original/Resolu&#231;&#227;o-11.2022-Or&#231;amento-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288873/images/original/RESOLU&#199;&#195;O-10.2022-Altera&#231;&#227;o-Di&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288872/images/original/Resolu&#231;&#227;o-09.2022-Fixa-reajuste2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288871/images/original/Resolu&#231;&#227;o-08.2022-Or&#231;amento-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288870/images/original/Resolu&#231;&#227;o-07.2022-Comiss&#227;o-Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288869/images/original/Resolu&#231;&#227;o-06.2022-Comiss&#227;o-de-Concurso-P&#250;blico.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288868/images/original/Resolu&#231;&#227;o-05.2022-Auxiliar-t&#233;cnico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288867/images/original/Resolu&#231;&#227;o-04.2022-Banca-Executora-Concurso-P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288866/images/original/Resolu&#231;&#227;o-03.2022-Nomea&#231;&#227;o-C&#226;maras-Setoriais.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/728473/images/original/Resolu&#231;&#227;o AG n&#186; 03.2026 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/726918/images/original/Resolu&#231;&#227;o AG n&#186; 02.2026 - Di&#225;rias admissibilidade de recibos como comprova&#231;&#227;o de hospedagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/726915/images/original/Resolu&#231;&#227;o AG n&#186; 01.2026 - Plano de metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699773/images/original/Resolu&#231;&#227;o AG n&#186; 20.2025 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699772/images/original/Resolu&#231;&#227;o AG n&#186; 19.2025 - Regulamenta recesso ao fim do ano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699769/images/original/Resolu&#231;&#227;o AG n&#186; 18.2025 - Controle Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699768/images/original/Resolu&#231;&#227;o AG n&#186; 17.2025 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699759/images/original/Resolu&#231;&#227;o AG n&#186; 16.2025 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699755/images/original/Resolu&#231;&#227;o AG n&#186; 15.2025 - Or&#231;amento 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656692/images/original/Resolu&#231;&#227;o AG n&#186; 14.2025 - Dispensa de elabora&#231;&#227;o do ETP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656690/images/original/Resolu&#231;&#227;o AG n&#186; 13.2025 - Revoga&#231;&#227;o da tarifa de ades&#227;o Res CA 01.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656688/images/original/Resolu&#231;&#227;o AG n&#186; 12.2025 - Remanejo de quantitativos em decorr&#234;ncia de emendas parlamentares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605598/images/original/Resolu&#231;&#227;o AG n&#186; 11.2025 - Processos Administrativos Eletr&#244;nicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600131/images/original/Resolu&#231;&#227;o AG n&#186; 10.2025 - Aprova o regimento interno do PAS - CONDESUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600130/images/original/Resolu&#231;&#227;o AG n&#186; 09.2025 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600129/images/original/Resolu&#231;&#227;o AG n&#186; 08.2025 - Regulamenta Banco de Horas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600127/images/original/Resolu&#231;&#227;o AG n&#186; 07.2025 - Escalonamento e aumento dos remanejos de quantitativos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543124/images/original/Resolu&#231;&#227;o AG n&#186; 06.2025 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543123/images/original/Resolu&#231;&#227;o AG n&#186; 05.2025 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543122/images/original/Resolu&#231;&#227;o CA n&#186; 01.2025 - Tarifa Administrativa Ades&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517279/images/original/Resolu&#231;&#227;o AG n&#186; 04.2025 - Aumento Cota Rateio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517278/images/original/Resolu&#231;&#227;o AG n&#186; 03.2025 - Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517277/images/original/Resolu&#231;&#227;o AG n&#186; 02.2025 - Altera Padr&#245;es Remunerat&#243;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517276/images/original/Resolu&#231;&#227;o AG n&#186; 01.2025 - Plano de metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/506880/images/original/03Resolu&#231;&#227;o AG n&#186; 23.2024 - Corre&#231;&#227;o data de vig&#234;ncia da resou&#231;&#227;o 20.2024- Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503756/images/original/Resolu&#231;&#227;o AG n&#186; 22.2024 - Reajusta Vale-Alimenta&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503754/images/original/Resolu&#231;&#227;o AG n&#186; 21.2024 - Altera&#231;&#227;o dota&#231;&#227;o or&#231;amentaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503753/images/original/Resolu&#231;&#227;o AG n&#186; 20.2024 - Controle Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503752/images/original/Resolu&#231;&#227;o AG n&#186; 19.2024 - Regulamenta Aus&#234;ncias Justificadas - Revisada e corrigida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517060/images/original/Resolu&#231;&#227;o AG n&#186; 18.2024 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503749/images/original/Resolu&#231;&#227;o AG n&#186; 17.2024 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503748/images/original/Resolu&#231;&#227;o AG n&#186; 16.2024 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/489122/images/original/Resolu&#231;&#227;o CA n&#186; 03.2024 - Nomea&#231;&#227;o Comiss&#227;o de Avalia&#231;&#227;o de Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486815/images/original/Resolu&#231;&#227;o CA n&#186; 02.2024 - Prorroga&#231;&#227;o do Concurso P&#250;blico 01 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483675/images/original/Resolu&#231;&#227;o AG n&#186; 15.2024 - Altera Regulamento Fiscaliza&#231;&#227;o de Contratos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483674/images/original/Resolu&#231;&#227;o AG n&#186; 14.2024 - Recomposi&#231;&#227;o Salarial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469189/images/original/Resolu&#231;&#227;o CA n&#186; 01.2024 - Nomea&#231;&#227;o Comiss&#227;o de Avalia&#231;&#227;o de Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/457912/images/original/Resolu&#231;&#227;o AG n&#186; 13.2024 - Pr&#233;-Qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/457910/images/original/Resolu&#231;&#227;o AG n&#186; 12.2024 - Altera Regulamento Sistema de Registro de Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417657/images/original/Resolu&#231;&#227;o AG n&#186; 11.2024 - Avalia&#231;&#227;o Desempenho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417645/images/original/Resolu&#231;&#227;o AG n&#186; 10.2024 - Nomea&#231;&#227;o das C&#226;maras Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417644/images/original/Resolu&#231;&#227;o AG n&#186; 09.2024 - Regulamenta Sistema de Registro de Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397052/images/original/Resolu&#231;&#227;o AG n&#186; 08.2024 - Altera Padr&#245;es Remunerat&#243;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397051/images/original/Resolu&#231;&#227;o AG n&#186; 07.2024 - Controle Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397050/images/original/Resolu&#231;&#227;o AG n&#186; 06.2024 - Nomea&#231;&#227;o Comiss&#227;o Processo Administrativo Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/397049/images/original/Resolu&#231;&#227;o AG n&#186; 05.2024 - Comiss&#227;o Avalia&#231;&#227;o Pr&#233;-qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391038/images/original/Resolu&#231;&#227;o AG n&#186; 04.2024 -  Or&#231;amento 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391036/images/original/Resolu&#231;&#227;o AG n&#186; 03.2024 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391035/images/original/Resolu&#231;&#227;o AG n&#186; 02.2024 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391034/images/original/Resolu&#231;&#227;o AG n&#186; 01.2024 - Plano de metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/382888/images/original/Resolu&#231;&#227;o AG n&#186; 30.2023 - Fixa reajuste 2024 assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/382887/images/original/Resolu&#231;&#227;o AG n&#186; 29.2023 - Reajusta Valor Vale-Alimenta&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381405/images/original/Resolu&#231;&#227;o AG n&#186; 28.2023 - Uso Ve&#237;culo Oficial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381303/images/original/Resolu&#231;&#227;o AG n&#186; 27.2023 - Bens Inserv&#237;veis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381302/images/original/Resolu&#231;&#227;o AG n&#186; 26.2023 - Cota De Ingresso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381301/images/original/Resolu&#231;&#227;o AG n&#186; 25.2023 - Regulamento Pedido de Ingresso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381300/images/original/Resolu&#231;&#227;o AG n&#186; 24.2023 - Pequenas Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381296/images/original/Resolu&#231;&#227;o AG n&#186; 23.2023 - Instru&#231;&#227;o Normativa Fiscaliza&#231;&#227;o de Contratos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/381295/images/original/Resolu&#231;&#227;o AG n&#186; 22.2023 - Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/342013/images/original/Resolu&#231;&#227;o AG n&#186; 21.2023 - Nomea&#231;&#227;o Agente de Contrata&#231;&#227;o e Comiss&#227;o de Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/342012/images/original/Resolu&#231;&#227;o AG n&#186; 20.2023 - Nomea&#231;&#227;o Pregoeiro e Equipe de Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/314116/images/original/Resolu&#231;&#227;o CA n&#186; 02.2023 - Comiss&#227;o Avalia&#231;&#227;o Pr&#233;-qualifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/313713/images/original/Resolu&#231;&#227;o CA n&#186; 01.2023 - Di&#225;rias Projeto Fortalece Sociobio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/300843/images/original/Resolu&#231;&#227;o AG n&#186; 19.2023 - Reajuste Deslocamento.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/299903/images/original/Resolu&#231;&#227;o AG n&#186; 18.2023 - Padroniza&#231;&#227;o Pneum&#225;ticos (Publica&#231;&#227;o).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288892/images/original/Resolu&#231;ao-AG-n&#186;-17.2023-Institui-Regime-de-Teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288891/images/original/Resolu&#231;&#227;o-AG-n&#186;-16.2023-Nomea&#231;&#227;o-das-C&#226;maras-Setoriais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288890/images/original/Resolu&#231;&#227;o-AG-n&#186;-15.2023-Nomea&#231;&#227;o-Comiss&#227;o-Processo-Administrativo-Especial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288889/images/original/Resolu&#231;&#227;o-AG-n&#186;-14.2023-Dispensa-Parecer-Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288888/images/original/Resolu&#231;&#227;o-AG-n&#186;-13.2023-Nomea&#231;&#227;o-Pregoeiro-e-Equipe-de-Apoio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288887/images/original/Resolu&#231;&#227;o-AG-n&#186;-12.2023-Nomea&#231;&#227;o-Agente-de-Contrta&#231;&#227;o-e-Comiss&#227;o-de-Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288886/images/original/Resolu&#231;&#227;o-AG-n&#186;-11.2023-Altera-a-Nomenclatura-das-Fun&#231;&#245;es-Gratificadas-Previstas-na-Cl&#225;usula-D&#233;cima-Quinta-do-Contrato-de-Cons&#243;rcio-P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288885/images/original/Resolu&#231;&#227;o-AG-n&#186;-10.2023-Or&#231;amento-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288884/images/original/Resolu&#231;&#227;o-AG-n&#186;-09.2023-Regimento-Controle-Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288883/images/original/Resolu&#231;&#227;o-AG-n&#186;-08.2023-Regulamenta-a-Comiss&#227;o-Inventariante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288882/images/original/Resolu&#231;&#227;o-AG-n&#186;-07.2023-Regulamenta-Pesquisas-de-Pre&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288881/images/original/Resolu&#231;&#227;o-AG-n&#186;-06.2023-Regulamenta-o-Sistema-de-Registro-de-Pre&#231;os.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288880/images/original/Resolu&#231;&#227;o-AG-n&#186;-05.2023-Regulamenta-o-Plano-Anual-de-Contrata&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288879/images/original/Resolu&#231;&#227;o-AG-n&#186;-04.2023-Regulamenta-Contratos-e-Aditivos-por-Via-Eletr&#244;nica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288878/images/original/Resolu&#231;&#227;o-AG-n&#186;-03.2023-Regulamenta-Agente-de-Contrata&#231;&#227;o-Equipe-de-Apoio-e-Comiss&#227;o-de-Contrata&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288877/images/original/Resolu&#231;&#227;o-AG-n&#186;-02.2023-Enquadramento-Bens-Comuns-e-de-Luxo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288876/images/original/Resolu&#231;&#227;o-AG-n&#176;-01.2023-Plano-de-metas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288875/images/original/RESOLU&#199;&#195;O-AG-N&#176;12.2022-Elei&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288874/images/original/Resolu&#231;&#227;o-11.2022-Or&#231;amento-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288873/images/original/RESOLU&#199;&#195;O-10.2022-Altera&#231;&#227;o-Di&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288872/images/original/Resolu&#231;&#227;o-09.2022-Fixa-reajuste2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288871/images/original/Resolu&#231;&#227;o-08.2022-Or&#231;amento-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288870/images/original/Resolu&#231;&#227;o-07.2022-Comiss&#227;o-Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288869/images/original/Resolu&#231;&#227;o-06.2022-Comiss&#227;o-de-Concurso-P&#250;blico.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288868/images/original/Resolu&#231;&#227;o-05.2022-Auxiliar-t&#233;cnico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288867/images/original/Resolu&#231;&#227;o-04.2022-Banca-Executora-Concurso-P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288866/images/original/Resolu&#231;&#227;o-03.2022-Nomea&#231;&#227;o-C&#226;maras-Setoriais.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C84"/>
+  <dimension ref="A1:C93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C84" sqref="C84"/>
+      <selection activeCell="C93" sqref="C93"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -959,546 +1019,546 @@
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
+        <v>34</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" t="s">
+        <v>48</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>55</v>
       </c>
       <c r="B24" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>57</v>
       </c>
       <c r="B25" t="s">
+        <v>51</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
+        <v>59</v>
+      </c>
+      <c r="B26" t="s">
         <v>60</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" s="1" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
+        <v>62</v>
+      </c>
+      <c r="B27" t="s">
         <v>63</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" s="1" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
+        <v>65</v>
+      </c>
+      <c r="B28" t="s">
+        <v>63</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B29" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B30" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B31" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B32" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="B34" t="s">
         <v>78</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B35" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B36" t="s">
+        <v>84</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B37" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>89</v>
+      </c>
+      <c r="B38" t="s">
+        <v>90</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>92</v>
+      </c>
+      <c r="B39" t="s">
         <v>93</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" s="1" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>95</v>
+      </c>
+      <c r="B40" t="s">
+        <v>93</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>97</v>
+      </c>
+      <c r="B41" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>100</v>
       </c>
       <c r="B42" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>102</v>
       </c>
       <c r="B43" t="s">
+        <v>98</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>104</v>
+      </c>
+      <c r="B44" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>107</v>
       </c>
       <c r="B45" t="s">
+        <v>105</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>109</v>
+      </c>
+      <c r="B46" t="s">
+        <v>105</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>111</v>
+      </c>
+      <c r="B47" t="s">
+        <v>105</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>113</v>
+      </c>
+      <c r="B48" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>116</v>
       </c>
       <c r="B49" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>118</v>
       </c>
       <c r="B50" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>120</v>
       </c>
       <c r="B51" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>122</v>
       </c>
       <c r="B52" t="s">
         <v>123</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>125</v>
       </c>
       <c r="B53" t="s">
         <v>123</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>126</v>
@@ -1509,362 +1569,461 @@
         <v>127</v>
       </c>
       <c r="B54" t="s">
         <v>128</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>130</v>
       </c>
       <c r="B55" t="s">
         <v>128</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>132</v>
       </c>
       <c r="B56" t="s">
+        <v>128</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>134</v>
+      </c>
+      <c r="B57" t="s">
+        <v>128</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B58" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B59" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B60" t="s">
+        <v>128</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
+        <v>142</v>
+      </c>
+      <c r="B61" t="s">
         <v>143</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B62" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B63" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B64" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B65" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B66" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B67" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="B68" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="B69" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="B70" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="B71" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="B72" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="B73" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="B74" t="s">
-        <v>149</v>
+        <v>169</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="B75" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="B76" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="B77" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="B78" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="B79" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B80" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
+        <v>176</v>
+      </c>
+      <c r="B81" t="s">
         <v>169</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="1" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="B83" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="B84" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>172</v>
+        <v>179</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" t="s">
+        <v>181</v>
+      </c>
+      <c r="B85" t="s">
+        <v>182</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" t="s">
+        <v>183</v>
+      </c>
+      <c r="B86" t="s">
+        <v>182</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" t="s">
+        <v>184</v>
+      </c>
+      <c r="B87" t="s">
+        <v>182</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" t="s">
+        <v>185</v>
+      </c>
+      <c r="B88" t="s">
+        <v>186</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" t="s">
+        <v>187</v>
+      </c>
+      <c r="B89" t="s">
+        <v>188</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" t="s">
+        <v>189</v>
+      </c>
+      <c r="B90" t="s">
+        <v>188</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" t="s">
+        <v>190</v>
+      </c>
+      <c r="B91" t="s">
+        <v>188</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" t="s">
+        <v>191</v>
+      </c>
+      <c r="B92" t="s">
+        <v>188</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" t="s">
+        <v>192</v>
+      </c>
+      <c r="B93" t="s">
+        <v>193</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -1908,50 +2067,59 @@
     <hyperlink ref="C60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="C61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="C62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="C63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="C64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="C65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="C66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="C67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="C68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="C69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="C70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="C71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="C72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="C73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="C74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>