--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -12,61 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 61/2025</t>
+  </si>
+  <si>
+    <t>24/11/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 201.2025 (Reequilíbrio de Preços - MCW).pdf</t>
+  </si>
+  <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 60/2025</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 198.2025 (Reequilíbrio de Preços - EF).pdf</t>
+  </si>
+  <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 59/2025</t>
+  </si>
+  <si>
+    <t>10/11/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 195.2025 (Reequilíbrio de Preços - Medilar).pdf</t>
+  </si>
+  <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 58/2025</t>
+  </si>
+  <si>
+    <t>06/11/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 193.2025 (Reequilíbrio de Preços - Medilar).pdf</t>
+  </si>
+  <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 57/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 183.2025 (Reequilíbrio de Preços - Dimaster).pdf</t>
+  </si>
+  <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 56/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 180.2025 (Reequilíbrio de Preços - MCW).pdf</t>
+  </si>
+  <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 55/2025</t>
   </si>
   <si>
     <t>06/10/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 172.2025 (Reequilíbrio de Preços - Inovamed).pdf</t>
   </si>
   <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 54/2025</t>
   </si>
   <si>
     <t>29/09/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 169.2025 (Reequilíbrio de Preços - MCW).pdf</t>
   </si>
   <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 53/2025</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 168.2025 (Reequilíbrio de Preços - Dimeva).pdf</t>
@@ -810,98 +864,50 @@
     <t>Ofício D.E. 060.2024 (Digitalizado).pdf</t>
   </si>
   <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 17/2024</t>
   </si>
   <si>
     <t>Ofício D.E. 057.2024 (Digitalizado).pdf</t>
   </si>
   <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 15/2024</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>Ofício D.E. 065.2024 (Digitalizado).pdf</t>
   </si>
   <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 13/2024</t>
   </si>
   <si>
     <t>14/03/2024</t>
   </si>
   <si>
     <t>Ofício D.E. 048.2024 (Digitalizado).pdf</t>
-  </si>
-[...46 lines deleted...]
-    <t>Ofício D.E. 028.2024 (Digitalizado).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1207,51 +1213,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/664151/images/original/Oficio D.E. 172.2025 (Reequil&#237;brio de Pre&#231;os - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/661394/images/original/Oficio D.E. 169.2025 (Reequil&#237;brio de Pre&#231;os - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/661393/images/original/Oficio D.E. 168.2025 (Reequil&#237;brio de Pre&#231;os - Dimeva).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/654359/images/original/Oficio D.E. 164.2025 (Reequil&#237;brio de Pre&#231;os - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/640388/images/original/Oficio D.E. 157.2025 (Reequil&#237;brio de Pre&#231;os - SLG Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/638818/images/original/Oficio D.E. 156.2025 (Reequil&#237;brio de Pre&#231;os - Bimex).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/638817/images/original/Oficio D.E. 155.2025 (Reequil&#237;brio de Pre&#231;os - Guaracar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623655/images/original/Oficio D.E. 144.2025 (Reequil&#237;brio de Pre&#231;os - ABC DISTRIBUIDORA).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623654/images/original/Oficio D.E. 141.2025 (Reequil&#237;brio de Pre&#231;os - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629605/images/original/Oficio D.E. 153.2025 (Reequil&#237;brio de Pre&#231;os - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623638/images/original/Oficio D.E. 140.2025 (Reequil&#237;brio de Pre&#231;os - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623622/images/original/Oficio D.E. 143.2025 (Reequil&#237;brio de Pre&#231;os - Bhatel).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623608/images/original/Oficio D.E. 139.2025 (Reequil&#237;brio de Pre&#231;os - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623607/images/original/Oficio D.E. 138.2025 (Reequil&#237;brio de Pre&#231;os - Atlantico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614953/images/original/Oficio D.E. 135.2025 (Reequil&#237;brio de Pre&#231;os - Cirurgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614100/images/original/Oficio D.E. 133.2025 (Reequil&#237;brio de Pre&#231;os - Pneulog).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614095/images/original/Oficio D.E. 132.2025 (Reequil&#237;brio de Pre&#231;os - Cir&#250;rgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598471/images/original/Oficio D.E. 118.2025 (Reequil&#237;brio de Pre&#231;os - So Pneus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598472/images/original/Oficio D.E. 117.2025 (Reequil&#237;brio de Pre&#231;os - CMH).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599581/images/original/Oficio D.E. 119.2025 (Reequil&#237;brio de Pre&#231;os - Denta Ipo).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/595461/images/original/Oficio D.E. 116.2025 (Reequil&#237;brio de Pre&#231;os - Alpha Higiene e Limpeza).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/591097/images/original/Oficio D.E. 114.2025 (Reequil&#237;brio de Pre&#231;os - Liceri).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590293/images/original/Oficio D.E. 113.2025 (Reequil&#237;brio de Pre&#231;os - Drogaria Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581956/images/original/Of&#237;cio D.E. 106.2025 (Reequil&#237;brio de Pre&#231;o - JT).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584136/images/original/Of&#237;cio D.E. 110.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581301/images/original/Of&#237;cio D.E. 104.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557852/images/original/Of&#237;cio D.E. 096.2025 (Reequil&#237;brio de Pre&#231;o - Nova medicamentos).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557092/images/original/Of&#237;cio D.E. 092.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557942/images/original/Of&#237;cio D.E. 087.2025 (Reequil&#237;brio de Pre&#231;o - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/552453/images/original/Of&#237;cio D.E. 084.2025 (Reequil&#237;brio de Pre&#231;o - Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550915/images/original/Of&#237;cio D.E. 081.2025 (Reequil&#237;brio de Pre&#231;o - Pneulog).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551270/images/original/Of&#237;cio D.E. 078.2025 (Reequil&#237;brio de Pre&#231;o - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546013/images/original/Of&#237;cio D.E. 072.2025 (Reequil&#237;brio de Pre&#231;o - Goldenplus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548404/images/original/Of&#237;cio D.E. 077.2025 (Reequil&#237;brio de Pre&#231;o - Inovare).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548102/images/original/Of&#237;cio D.E. 075.2025 (Reequil&#237;brio de Pre&#231;o - AM).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543176/images/original/Of&#237;cio D.E. 065.2025 (Reequil&#237;brio de Pre&#231;o - WF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/542717/images/original/Of&#237;cio D.E. 064.2025 (Reequil&#237;brio de Pre&#231;o - Bramed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/530385/images/original/Of&#237;cio D.E. 060.2025 (Reequil&#237;brio de Pre&#231;o - WF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534566/images/original/Of&#237;cio D.E. 061.2025 (Reequil&#237;brio de Pre&#231;o - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543525/images/original/Of&#237;cio D.E. 066.2025 (Reequil&#237;brio de Pre&#231;o - AM).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528532/images/original/Of&#237;cio D.E. 056.2025 (Reequil&#237;brio de Pre&#231;o - Belmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528531/images/original/Of&#237;cio D.E. 057.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528530/images/original/Of&#237;cio D.E. 059.2025 (Reequil&#237;brio de Pre&#231;o - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527859/images/original/Of&#237;cio D.E. 054.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525455/images/original/Of&#237;cio D.E. 049.2025 (Reequil&#237;brio de Pre&#231;o - Gibbor).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528533/images/original/Of&#237;cio D.E. 055.2025 (Reequil&#237;brio de Pre&#231;o - Buric&#225;).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527070/images/original/Of&#237;cio D.E. 053.2025 (Reequil&#237;brio de Pre&#231;o - Buric&#225;).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522342/images/original/Of&#237;cio D.E. 038.2025 (Reequil&#237;brio de Pre&#231;o - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521524/images/original/Of&#237;cio D.E. 036.2025 (Reequil&#237;brio de Pre&#231;o - Fredi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522226/images/original/Of&#237;cio D.E. 037.2025 (Reequil&#237;brio de Pre&#231;o - Centermedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524662/images/original/Of&#237;cio D.E. 044.2025 (Reequil&#237;brio de Pre&#231;o - Fredi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517674/images/original/Of&#237;cio D.E. 023.2025 (Reequil&#237;brio de Pre&#231;o - Guaracar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518444/images/original/Of&#237;cio D.E. 028.2025 (Reequil&#237;brio de Pre&#231;o - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515737/images/original/Oficio D.E. 009.2025 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/510098/images/original/Of&#237;cio D.E. 164.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508745/images/original/Of&#237;cio D.E. 163.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508128/images/original/Of&#237;cio D.E. 162.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507320/images/original/Of&#237;cio D.E. 161.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507321/images/original/Of&#237;cio D.E. 160.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500000/images/original/Of&#237;cio D.E. 157.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499368/images/original/Of&#237;cio D.E. 155.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/494716/images/original/Of&#237;cio D.E. 146.2024 (Reequil&#237;brio de Pre&#231;o - Dimeva).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/492542/images/original/Of&#237;cio D.E. 145.2024 (Reequil&#237;brio de Pre&#231;o - Tech-sul).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/492541/images/original/Of&#237;cio D.E. 144.2024 (Reequil&#237;brio de Pre&#231;o - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486835/images/original/Of&#237;cio D.E. 138.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486218/images/original/Of&#237;cio D.E. 136.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/484077/images/original/Of&#237;cio D.E. 134.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485673/images/original/Of&#237;cio D.E. 123.2023 (Reequil&#237;brio de Pre&#231;o - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487223/images/original/Of&#237;cio D.E. 139.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/475291/images/original/Of&#237;cio D.E. 123.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/479483/images/original/Of&#237;cio D.E. 128.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469822/images/original/Of&#237;cio D.E. 118.2024 (Reequil&#237;brio de Pre&#231;o - AG Kienen).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469386/images/original/Of&#237;cio D.E. 112.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465528/images/original/Of&#237;cio D.E. 106.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465955/images/original/Of&#237;cio D.E. 107.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/464426/images/original/Of&#237;cio D.E. 105.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/456820/images/original/Of&#237;cio D.E. 100.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454984/images/original/Of&#237;cio D.E. 097.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454521/images/original/Of&#237;cio D.E. 095.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453447/images/original/Of&#237;cio D.E. 094.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/452323/images/original/Of&#237;cio D.E. 091.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451550/images/original/Of&#237;cio D.E. 088.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451354/images/original/Of&#237;cio D.E. 087.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447919/images/original/Of&#237;cio D.E. 078.2024 (Reequil&#237;brio de Pre&#231;o - MG2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447094/images/original/Of&#237;cio D.E. 072.2024 (Reequil&#237;brio de Pre&#231;o - Fortpel).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417671/images/original/Of&#237;cio D.E. 063.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416515/images/original/Of&#237;cio D.E. 061.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416010/images/original/Of&#237;cio D.E. 059.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416509/images/original/Of&#237;cio D.E. 060.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415595/images/original/Of&#237;cio D.E. 057.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417880/images/original/Of&#237;cio D.E. 065.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412392/images/original/Of&#237;cio D.E. 048.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410192/images/original/Of&#237;cio D.E. 040.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410190/images/original/Of&#237;cio D.E. 039.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/406916/images/original/Of&#237;cio D.E. 034.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/413721/images/original/Of&#237;cio D.E. 050.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411444/images/original/Of&#237;cio D.E. 041.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/403516/images/original/Of&#237;cio D.E. 028.2024 (Digitalizado).pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/691735/images/original/Oficio D.E. 201.2025 (Reequil&#237;brio de Pre&#231;os - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/683709/images/original/Oficio D.E. 198.2025 (Reequil&#237;brio de Pre&#231;os - EF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/680944/images/original/Oficio D.E. 195.2025 (Reequil&#237;brio de Pre&#231;os - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678257/images/original/Oficio D.E. 193.2025 (Reequil&#237;brio de Pre&#231;os - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/675407/images/original/Oficio D.E. 183.2025 (Reequil&#237;brio de Pre&#231;os - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/672380/images/original/Oficio D.E. 180.2025 (Reequil&#237;brio de Pre&#231;os - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/664151/images/original/Oficio D.E. 172.2025 (Reequil&#237;brio de Pre&#231;os - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/661394/images/original/Oficio D.E. 169.2025 (Reequil&#237;brio de Pre&#231;os - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/661393/images/original/Oficio D.E. 168.2025 (Reequil&#237;brio de Pre&#231;os - Dimeva).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/654359/images/original/Oficio D.E. 164.2025 (Reequil&#237;brio de Pre&#231;os - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/640388/images/original/Oficio D.E. 157.2025 (Reequil&#237;brio de Pre&#231;os - SLG Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/638818/images/original/Oficio D.E. 156.2025 (Reequil&#237;brio de Pre&#231;os - Bimex).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/638817/images/original/Oficio D.E. 155.2025 (Reequil&#237;brio de Pre&#231;os - Guaracar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623655/images/original/Oficio D.E. 144.2025 (Reequil&#237;brio de Pre&#231;os - ABC DISTRIBUIDORA).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623654/images/original/Oficio D.E. 141.2025 (Reequil&#237;brio de Pre&#231;os - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629605/images/original/Oficio D.E. 153.2025 (Reequil&#237;brio de Pre&#231;os - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623638/images/original/Oficio D.E. 140.2025 (Reequil&#237;brio de Pre&#231;os - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623622/images/original/Oficio D.E. 143.2025 (Reequil&#237;brio de Pre&#231;os - Bhatel).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623608/images/original/Oficio D.E. 139.2025 (Reequil&#237;brio de Pre&#231;os - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623607/images/original/Oficio D.E. 138.2025 (Reequil&#237;brio de Pre&#231;os - Atlantico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614953/images/original/Oficio D.E. 135.2025 (Reequil&#237;brio de Pre&#231;os - Cirurgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614100/images/original/Oficio D.E. 133.2025 (Reequil&#237;brio de Pre&#231;os - Pneulog).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614095/images/original/Oficio D.E. 132.2025 (Reequil&#237;brio de Pre&#231;os - Cir&#250;rgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598471/images/original/Oficio D.E. 118.2025 (Reequil&#237;brio de Pre&#231;os - So Pneus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598472/images/original/Oficio D.E. 117.2025 (Reequil&#237;brio de Pre&#231;os - CMH).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599581/images/original/Oficio D.E. 119.2025 (Reequil&#237;brio de Pre&#231;os - Denta Ipo).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/595461/images/original/Oficio D.E. 116.2025 (Reequil&#237;brio de Pre&#231;os - Alpha Higiene e Limpeza).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/591097/images/original/Oficio D.E. 114.2025 (Reequil&#237;brio de Pre&#231;os - Liceri).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590293/images/original/Oficio D.E. 113.2025 (Reequil&#237;brio de Pre&#231;os - Drogaria Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581956/images/original/Of&#237;cio D.E. 106.2025 (Reequil&#237;brio de Pre&#231;o - JT).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584136/images/original/Of&#237;cio D.E. 110.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581301/images/original/Of&#237;cio D.E. 104.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557852/images/original/Of&#237;cio D.E. 096.2025 (Reequil&#237;brio de Pre&#231;o - Nova medicamentos).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557092/images/original/Of&#237;cio D.E. 092.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557942/images/original/Of&#237;cio D.E. 087.2025 (Reequil&#237;brio de Pre&#231;o - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/552453/images/original/Of&#237;cio D.E. 084.2025 (Reequil&#237;brio de Pre&#231;o - Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550915/images/original/Of&#237;cio D.E. 081.2025 (Reequil&#237;brio de Pre&#231;o - Pneulog).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551270/images/original/Of&#237;cio D.E. 078.2025 (Reequil&#237;brio de Pre&#231;o - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546013/images/original/Of&#237;cio D.E. 072.2025 (Reequil&#237;brio de Pre&#231;o - Goldenplus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548404/images/original/Of&#237;cio D.E. 077.2025 (Reequil&#237;brio de Pre&#231;o - Inovare).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548102/images/original/Of&#237;cio D.E. 075.2025 (Reequil&#237;brio de Pre&#231;o - AM).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543176/images/original/Of&#237;cio D.E. 065.2025 (Reequil&#237;brio de Pre&#231;o - WF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/542717/images/original/Of&#237;cio D.E. 064.2025 (Reequil&#237;brio de Pre&#231;o - Bramed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/530385/images/original/Of&#237;cio D.E. 060.2025 (Reequil&#237;brio de Pre&#231;o - WF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534566/images/original/Of&#237;cio D.E. 061.2025 (Reequil&#237;brio de Pre&#231;o - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543525/images/original/Of&#237;cio D.E. 066.2025 (Reequil&#237;brio de Pre&#231;o - AM).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528532/images/original/Of&#237;cio D.E. 056.2025 (Reequil&#237;brio de Pre&#231;o - Belmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528531/images/original/Of&#237;cio D.E. 057.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528530/images/original/Of&#237;cio D.E. 059.2025 (Reequil&#237;brio de Pre&#231;o - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527859/images/original/Of&#237;cio D.E. 054.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525455/images/original/Of&#237;cio D.E. 049.2025 (Reequil&#237;brio de Pre&#231;o - Gibbor).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528533/images/original/Of&#237;cio D.E. 055.2025 (Reequil&#237;brio de Pre&#231;o - Buric&#225;).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527070/images/original/Of&#237;cio D.E. 053.2025 (Reequil&#237;brio de Pre&#231;o - Buric&#225;).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522342/images/original/Of&#237;cio D.E. 038.2025 (Reequil&#237;brio de Pre&#231;o - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521524/images/original/Of&#237;cio D.E. 036.2025 (Reequil&#237;brio de Pre&#231;o - Fredi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522226/images/original/Of&#237;cio D.E. 037.2025 (Reequil&#237;brio de Pre&#231;o - Centermedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524662/images/original/Of&#237;cio D.E. 044.2025 (Reequil&#237;brio de Pre&#231;o - Fredi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517674/images/original/Of&#237;cio D.E. 023.2025 (Reequil&#237;brio de Pre&#231;o - Guaracar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518444/images/original/Of&#237;cio D.E. 028.2025 (Reequil&#237;brio de Pre&#231;o - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515737/images/original/Oficio D.E. 009.2025 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/510098/images/original/Of&#237;cio D.E. 164.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508745/images/original/Of&#237;cio D.E. 163.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508128/images/original/Of&#237;cio D.E. 162.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507320/images/original/Of&#237;cio D.E. 161.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507321/images/original/Of&#237;cio D.E. 160.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500000/images/original/Of&#237;cio D.E. 157.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499368/images/original/Of&#237;cio D.E. 155.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/494716/images/original/Of&#237;cio D.E. 146.2024 (Reequil&#237;brio de Pre&#231;o - Dimeva).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/492542/images/original/Of&#237;cio D.E. 145.2024 (Reequil&#237;brio de Pre&#231;o - Tech-sul).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/492541/images/original/Of&#237;cio D.E. 144.2024 (Reequil&#237;brio de Pre&#231;o - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486835/images/original/Of&#237;cio D.E. 138.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486218/images/original/Of&#237;cio D.E. 136.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/484077/images/original/Of&#237;cio D.E. 134.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485673/images/original/Of&#237;cio D.E. 123.2023 (Reequil&#237;brio de Pre&#231;o - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487223/images/original/Of&#237;cio D.E. 139.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/475291/images/original/Of&#237;cio D.E. 123.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/479483/images/original/Of&#237;cio D.E. 128.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469822/images/original/Of&#237;cio D.E. 118.2024 (Reequil&#237;brio de Pre&#231;o - AG Kienen).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469386/images/original/Of&#237;cio D.E. 112.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465528/images/original/Of&#237;cio D.E. 106.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465955/images/original/Of&#237;cio D.E. 107.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/464426/images/original/Of&#237;cio D.E. 105.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/456820/images/original/Of&#237;cio D.E. 100.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454984/images/original/Of&#237;cio D.E. 097.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454521/images/original/Of&#237;cio D.E. 095.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453447/images/original/Of&#237;cio D.E. 094.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/452323/images/original/Of&#237;cio D.E. 091.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451550/images/original/Of&#237;cio D.E. 088.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451354/images/original/Of&#237;cio D.E. 087.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447919/images/original/Of&#237;cio D.E. 078.2024 (Reequil&#237;brio de Pre&#231;o - MG2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447094/images/original/Of&#237;cio D.E. 072.2024 (Reequil&#237;brio de Pre&#231;o - Fortpel).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417671/images/original/Of&#237;cio D.E. 063.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416515/images/original/Of&#237;cio D.E. 061.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416010/images/original/Of&#237;cio D.E. 059.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416509/images/original/Of&#237;cio D.E. 060.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415595/images/original/Of&#237;cio D.E. 057.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417880/images/original/Of&#237;cio D.E. 065.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412392/images/original/Of&#237;cio D.E. 048.2024 (Digitalizado).pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C99" sqref="C99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1349,150 +1355,150 @@
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B18" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>60</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>63</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>65</v>
@@ -1514,370 +1520,370 @@
         <v>69</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>72</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>75</v>
       </c>
       <c r="B27" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B29" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B31" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" t="s">
         <v>91</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B35" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>100</v>
       </c>
       <c r="B36" t="s">
         <v>101</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>103</v>
       </c>
       <c r="B37" t="s">
         <v>104</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>106</v>
       </c>
       <c r="B38" t="s">
         <v>107</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>109</v>
       </c>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B44" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B45" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B46" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B47" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B48" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B49" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B50" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B51" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B52" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B53" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>150</v>
+      </c>
+      <c r="B54" t="s">
         <v>148</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B56" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>157</v>
       </c>
       <c r="B57" t="s">
         <v>158</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>160</v>
       </c>
       <c r="B58" t="s">
         <v>161</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>162</v>
@@ -2141,219 +2147,219 @@
         <v>232</v>
       </c>
       <c r="B82" t="s">
         <v>233</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>235</v>
       </c>
       <c r="B83" t="s">
         <v>236</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>238</v>
       </c>
       <c r="B84" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B85" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B86" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B87" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B88" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B89" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B90" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>258</v>
       </c>
       <c r="B91" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B92" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B93" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B94" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B95" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B96" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
+        <v>276</v>
+      </c>
+      <c r="B97" t="s">
         <v>274</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B98" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B99" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>