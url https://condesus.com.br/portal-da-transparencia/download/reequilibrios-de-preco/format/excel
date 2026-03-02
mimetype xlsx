--- v1 (2025-12-07)
+++ v2 (2026-03-02)
@@ -12,61 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 04/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 021.2026 (Reequilíbrio de Preços - Vitalmed).docx</t>
+  </si>
+  <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 03/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 015.2026 (Reequilíbrio de Preços - Odimed).pdf</t>
+  </si>
+  <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 02/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 005.2026 (Reequilíbrio de Preços - Medilar).pdf</t>
+  </si>
+  <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 006.2026 (Reequilíbrio de Preços - Soma).pdf</t>
+  </si>
+  <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 63/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 210.2025 (Reequilíbrio de Preços - Medilar).pdf</t>
+  </si>
+  <si>
+    <t>REEQUILÍBRIO DE PREÇO Nº 62/2025</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 209.2025 (Reequilíbrio de Preços - Mobile).pdf</t>
+  </si>
+  <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 61/2025</t>
   </si>
   <si>
     <t>24/11/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 201.2025 (Reequilíbrio de Preços - MCW).pdf</t>
   </si>
   <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 60/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 198.2025 (Reequilíbrio de Preços - EF).pdf</t>
   </si>
   <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 59/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 195.2025 (Reequilíbrio de Preços - Medilar).pdf</t>
@@ -813,101 +867,50 @@
     <t>REEQUILÍBRIO DE PREÇO Nº 22/2024</t>
   </si>
   <si>
     <t>03/05/2024</t>
   </si>
   <si>
     <t>Ofício D.E. 078.2024 (Reequilíbrio de Preço - MG2).pdf</t>
   </si>
   <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 21/2024</t>
   </si>
   <si>
     <t>15/04/2024</t>
   </si>
   <si>
     <t>Ofício D.E. 072.2024 (Reequilíbrio de Preço - Fortpel).pdf</t>
   </si>
   <si>
     <t>REEQUILÍBRIO DE PREÇO Nº 20/2024</t>
   </si>
   <si>
     <t>11/04/2024</t>
   </si>
   <si>
     <t>Ofício D.E. 063.2024 (Digitalizado).pdf</t>
-  </si>
-[...49 lines deleted...]
-    <t>Ofício D.E. 048.2024 (Digitalizado).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1213,51 +1216,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/691735/images/original/Oficio D.E. 201.2025 (Reequil&#237;brio de Pre&#231;os - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/683709/images/original/Oficio D.E. 198.2025 (Reequil&#237;brio de Pre&#231;os - EF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/680944/images/original/Oficio D.E. 195.2025 (Reequil&#237;brio de Pre&#231;os - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678257/images/original/Oficio D.E. 193.2025 (Reequil&#237;brio de Pre&#231;os - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/675407/images/original/Oficio D.E. 183.2025 (Reequil&#237;brio de Pre&#231;os - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/672380/images/original/Oficio D.E. 180.2025 (Reequil&#237;brio de Pre&#231;os - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/664151/images/original/Oficio D.E. 172.2025 (Reequil&#237;brio de Pre&#231;os - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/661394/images/original/Oficio D.E. 169.2025 (Reequil&#237;brio de Pre&#231;os - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/661393/images/original/Oficio D.E. 168.2025 (Reequil&#237;brio de Pre&#231;os - Dimeva).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/654359/images/original/Oficio D.E. 164.2025 (Reequil&#237;brio de Pre&#231;os - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/640388/images/original/Oficio D.E. 157.2025 (Reequil&#237;brio de Pre&#231;os - SLG Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/638818/images/original/Oficio D.E. 156.2025 (Reequil&#237;brio de Pre&#231;os - Bimex).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/638817/images/original/Oficio D.E. 155.2025 (Reequil&#237;brio de Pre&#231;os - Guaracar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623655/images/original/Oficio D.E. 144.2025 (Reequil&#237;brio de Pre&#231;os - ABC DISTRIBUIDORA).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623654/images/original/Oficio D.E. 141.2025 (Reequil&#237;brio de Pre&#231;os - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629605/images/original/Oficio D.E. 153.2025 (Reequil&#237;brio de Pre&#231;os - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623638/images/original/Oficio D.E. 140.2025 (Reequil&#237;brio de Pre&#231;os - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623622/images/original/Oficio D.E. 143.2025 (Reequil&#237;brio de Pre&#231;os - Bhatel).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623608/images/original/Oficio D.E. 139.2025 (Reequil&#237;brio de Pre&#231;os - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623607/images/original/Oficio D.E. 138.2025 (Reequil&#237;brio de Pre&#231;os - Atlantico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614953/images/original/Oficio D.E. 135.2025 (Reequil&#237;brio de Pre&#231;os - Cirurgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614100/images/original/Oficio D.E. 133.2025 (Reequil&#237;brio de Pre&#231;os - Pneulog).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614095/images/original/Oficio D.E. 132.2025 (Reequil&#237;brio de Pre&#231;os - Cir&#250;rgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598471/images/original/Oficio D.E. 118.2025 (Reequil&#237;brio de Pre&#231;os - So Pneus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598472/images/original/Oficio D.E. 117.2025 (Reequil&#237;brio de Pre&#231;os - CMH).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599581/images/original/Oficio D.E. 119.2025 (Reequil&#237;brio de Pre&#231;os - Denta Ipo).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/595461/images/original/Oficio D.E. 116.2025 (Reequil&#237;brio de Pre&#231;os - Alpha Higiene e Limpeza).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/591097/images/original/Oficio D.E. 114.2025 (Reequil&#237;brio de Pre&#231;os - Liceri).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590293/images/original/Oficio D.E. 113.2025 (Reequil&#237;brio de Pre&#231;os - Drogaria Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581956/images/original/Of&#237;cio D.E. 106.2025 (Reequil&#237;brio de Pre&#231;o - JT).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584136/images/original/Of&#237;cio D.E. 110.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581301/images/original/Of&#237;cio D.E. 104.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557852/images/original/Of&#237;cio D.E. 096.2025 (Reequil&#237;brio de Pre&#231;o - Nova medicamentos).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557092/images/original/Of&#237;cio D.E. 092.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557942/images/original/Of&#237;cio D.E. 087.2025 (Reequil&#237;brio de Pre&#231;o - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/552453/images/original/Of&#237;cio D.E. 084.2025 (Reequil&#237;brio de Pre&#231;o - Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550915/images/original/Of&#237;cio D.E. 081.2025 (Reequil&#237;brio de Pre&#231;o - Pneulog).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551270/images/original/Of&#237;cio D.E. 078.2025 (Reequil&#237;brio de Pre&#231;o - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546013/images/original/Of&#237;cio D.E. 072.2025 (Reequil&#237;brio de Pre&#231;o - Goldenplus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548404/images/original/Of&#237;cio D.E. 077.2025 (Reequil&#237;brio de Pre&#231;o - Inovare).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548102/images/original/Of&#237;cio D.E. 075.2025 (Reequil&#237;brio de Pre&#231;o - AM).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543176/images/original/Of&#237;cio D.E. 065.2025 (Reequil&#237;brio de Pre&#231;o - WF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/542717/images/original/Of&#237;cio D.E. 064.2025 (Reequil&#237;brio de Pre&#231;o - Bramed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/530385/images/original/Of&#237;cio D.E. 060.2025 (Reequil&#237;brio de Pre&#231;o - WF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534566/images/original/Of&#237;cio D.E. 061.2025 (Reequil&#237;brio de Pre&#231;o - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543525/images/original/Of&#237;cio D.E. 066.2025 (Reequil&#237;brio de Pre&#231;o - AM).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528532/images/original/Of&#237;cio D.E. 056.2025 (Reequil&#237;brio de Pre&#231;o - Belmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528531/images/original/Of&#237;cio D.E. 057.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528530/images/original/Of&#237;cio D.E. 059.2025 (Reequil&#237;brio de Pre&#231;o - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527859/images/original/Of&#237;cio D.E. 054.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525455/images/original/Of&#237;cio D.E. 049.2025 (Reequil&#237;brio de Pre&#231;o - Gibbor).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528533/images/original/Of&#237;cio D.E. 055.2025 (Reequil&#237;brio de Pre&#231;o - Buric&#225;).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527070/images/original/Of&#237;cio D.E. 053.2025 (Reequil&#237;brio de Pre&#231;o - Buric&#225;).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522342/images/original/Of&#237;cio D.E. 038.2025 (Reequil&#237;brio de Pre&#231;o - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521524/images/original/Of&#237;cio D.E. 036.2025 (Reequil&#237;brio de Pre&#231;o - Fredi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522226/images/original/Of&#237;cio D.E. 037.2025 (Reequil&#237;brio de Pre&#231;o - Centermedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524662/images/original/Of&#237;cio D.E. 044.2025 (Reequil&#237;brio de Pre&#231;o - Fredi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517674/images/original/Of&#237;cio D.E. 023.2025 (Reequil&#237;brio de Pre&#231;o - Guaracar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518444/images/original/Of&#237;cio D.E. 028.2025 (Reequil&#237;brio de Pre&#231;o - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515737/images/original/Oficio D.E. 009.2025 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/510098/images/original/Of&#237;cio D.E. 164.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508745/images/original/Of&#237;cio D.E. 163.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508128/images/original/Of&#237;cio D.E. 162.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507320/images/original/Of&#237;cio D.E. 161.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507321/images/original/Of&#237;cio D.E. 160.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500000/images/original/Of&#237;cio D.E. 157.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499368/images/original/Of&#237;cio D.E. 155.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/494716/images/original/Of&#237;cio D.E. 146.2024 (Reequil&#237;brio de Pre&#231;o - Dimeva).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/492542/images/original/Of&#237;cio D.E. 145.2024 (Reequil&#237;brio de Pre&#231;o - Tech-sul).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/492541/images/original/Of&#237;cio D.E. 144.2024 (Reequil&#237;brio de Pre&#231;o - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486835/images/original/Of&#237;cio D.E. 138.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486218/images/original/Of&#237;cio D.E. 136.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/484077/images/original/Of&#237;cio D.E. 134.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485673/images/original/Of&#237;cio D.E. 123.2023 (Reequil&#237;brio de Pre&#231;o - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487223/images/original/Of&#237;cio D.E. 139.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/475291/images/original/Of&#237;cio D.E. 123.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/479483/images/original/Of&#237;cio D.E. 128.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469822/images/original/Of&#237;cio D.E. 118.2024 (Reequil&#237;brio de Pre&#231;o - AG Kienen).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469386/images/original/Of&#237;cio D.E. 112.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465528/images/original/Of&#237;cio D.E. 106.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465955/images/original/Of&#237;cio D.E. 107.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/464426/images/original/Of&#237;cio D.E. 105.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/456820/images/original/Of&#237;cio D.E. 100.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454984/images/original/Of&#237;cio D.E. 097.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454521/images/original/Of&#237;cio D.E. 095.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453447/images/original/Of&#237;cio D.E. 094.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/452323/images/original/Of&#237;cio D.E. 091.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451550/images/original/Of&#237;cio D.E. 088.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451354/images/original/Of&#237;cio D.E. 087.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447919/images/original/Of&#237;cio D.E. 078.2024 (Reequil&#237;brio de Pre&#231;o - MG2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447094/images/original/Of&#237;cio D.E. 072.2024 (Reequil&#237;brio de Pre&#231;o - Fortpel).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417671/images/original/Of&#237;cio D.E. 063.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416515/images/original/Of&#237;cio D.E. 061.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416010/images/original/Of&#237;cio D.E. 059.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416509/images/original/Of&#237;cio D.E. 060.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415595/images/original/Of&#237;cio D.E. 057.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417880/images/original/Of&#237;cio D.E. 065.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412392/images/original/Of&#237;cio D.E. 048.2024 (Digitalizado).pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/740885/images/original/Oficio D.E. 021.2026 (Reequil&#237;brio de Pre&#231;os - Vitalmed).docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/726944/images/original/Oficio D.E. 015.2026 (Reequil&#237;brio de Pre&#231;os - Odimed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/712816/images/original/Oficio D.E. 005.2026 (Reequil&#237;brio de Pre&#231;os - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/713087/images/original/Oficio D.E. 006.2026 (Reequil&#237;brio de Pre&#231;os - Soma).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/708128/images/original/Oficio D.E. 210.2025 (Reequil&#237;brio de Pre&#231;os - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707228/images/original/Oficio D.E. 209.2025 (Reequil&#237;brio de Pre&#231;os - Mobile).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/691735/images/original/Oficio D.E. 201.2025 (Reequil&#237;brio de Pre&#231;os - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/683709/images/original/Oficio D.E. 198.2025 (Reequil&#237;brio de Pre&#231;os - EF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/680944/images/original/Oficio D.E. 195.2025 (Reequil&#237;brio de Pre&#231;os - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678257/images/original/Oficio D.E. 193.2025 (Reequil&#237;brio de Pre&#231;os - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/675407/images/original/Oficio D.E. 183.2025 (Reequil&#237;brio de Pre&#231;os - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/672380/images/original/Oficio D.E. 180.2025 (Reequil&#237;brio de Pre&#231;os - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/664151/images/original/Oficio D.E. 172.2025 (Reequil&#237;brio de Pre&#231;os - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/661394/images/original/Oficio D.E. 169.2025 (Reequil&#237;brio de Pre&#231;os - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/661393/images/original/Oficio D.E. 168.2025 (Reequil&#237;brio de Pre&#231;os - Dimeva).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/654359/images/original/Oficio D.E. 164.2025 (Reequil&#237;brio de Pre&#231;os - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/640388/images/original/Oficio D.E. 157.2025 (Reequil&#237;brio de Pre&#231;os - SLG Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/638818/images/original/Oficio D.E. 156.2025 (Reequil&#237;brio de Pre&#231;os - Bimex).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/638817/images/original/Oficio D.E. 155.2025 (Reequil&#237;brio de Pre&#231;os - Guaracar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623655/images/original/Oficio D.E. 144.2025 (Reequil&#237;brio de Pre&#231;os - ABC DISTRIBUIDORA).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623654/images/original/Oficio D.E. 141.2025 (Reequil&#237;brio de Pre&#231;os - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629605/images/original/Oficio D.E. 153.2025 (Reequil&#237;brio de Pre&#231;os - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623638/images/original/Oficio D.E. 140.2025 (Reequil&#237;brio de Pre&#231;os - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623622/images/original/Oficio D.E. 143.2025 (Reequil&#237;brio de Pre&#231;os - Bhatel).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623608/images/original/Oficio D.E. 139.2025 (Reequil&#237;brio de Pre&#231;os - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623607/images/original/Oficio D.E. 138.2025 (Reequil&#237;brio de Pre&#231;os - Atlantico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614953/images/original/Oficio D.E. 135.2025 (Reequil&#237;brio de Pre&#231;os - Cirurgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614100/images/original/Oficio D.E. 133.2025 (Reequil&#237;brio de Pre&#231;os - Pneulog).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614095/images/original/Oficio D.E. 132.2025 (Reequil&#237;brio de Pre&#231;os - Cir&#250;rgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598471/images/original/Oficio D.E. 118.2025 (Reequil&#237;brio de Pre&#231;os - So Pneus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598472/images/original/Oficio D.E. 117.2025 (Reequil&#237;brio de Pre&#231;os - CMH).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599581/images/original/Oficio D.E. 119.2025 (Reequil&#237;brio de Pre&#231;os - Denta Ipo).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/595461/images/original/Oficio D.E. 116.2025 (Reequil&#237;brio de Pre&#231;os - Alpha Higiene e Limpeza).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/591097/images/original/Oficio D.E. 114.2025 (Reequil&#237;brio de Pre&#231;os - Liceri).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590293/images/original/Oficio D.E. 113.2025 (Reequil&#237;brio de Pre&#231;os - Drogaria Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581956/images/original/Of&#237;cio D.E. 106.2025 (Reequil&#237;brio de Pre&#231;o - JT).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584136/images/original/Of&#237;cio D.E. 110.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581301/images/original/Of&#237;cio D.E. 104.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557852/images/original/Of&#237;cio D.E. 096.2025 (Reequil&#237;brio de Pre&#231;o - Nova medicamentos).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557092/images/original/Of&#237;cio D.E. 092.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557942/images/original/Of&#237;cio D.E. 087.2025 (Reequil&#237;brio de Pre&#231;o - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/552453/images/original/Of&#237;cio D.E. 084.2025 (Reequil&#237;brio de Pre&#231;o - Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550915/images/original/Of&#237;cio D.E. 081.2025 (Reequil&#237;brio de Pre&#231;o - Pneulog).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551270/images/original/Of&#237;cio D.E. 078.2025 (Reequil&#237;brio de Pre&#231;o - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546013/images/original/Of&#237;cio D.E. 072.2025 (Reequil&#237;brio de Pre&#231;o - Goldenplus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548404/images/original/Of&#237;cio D.E. 077.2025 (Reequil&#237;brio de Pre&#231;o - Inovare).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548102/images/original/Of&#237;cio D.E. 075.2025 (Reequil&#237;brio de Pre&#231;o - AM).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543176/images/original/Of&#237;cio D.E. 065.2025 (Reequil&#237;brio de Pre&#231;o - WF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/542717/images/original/Of&#237;cio D.E. 064.2025 (Reequil&#237;brio de Pre&#231;o - Bramed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/530385/images/original/Of&#237;cio D.E. 060.2025 (Reequil&#237;brio de Pre&#231;o - WF).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534566/images/original/Of&#237;cio D.E. 061.2025 (Reequil&#237;brio de Pre&#231;o - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543525/images/original/Of&#237;cio D.E. 066.2025 (Reequil&#237;brio de Pre&#231;o - AM).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528532/images/original/Of&#237;cio D.E. 056.2025 (Reequil&#237;brio de Pre&#231;o - Belmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528531/images/original/Of&#237;cio D.E. 057.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528530/images/original/Of&#237;cio D.E. 059.2025 (Reequil&#237;brio de Pre&#231;o - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527859/images/original/Of&#237;cio D.E. 054.2025 (Reequil&#237;brio de Pre&#231;o - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525455/images/original/Of&#237;cio D.E. 049.2025 (Reequil&#237;brio de Pre&#231;o - Gibbor).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528533/images/original/Of&#237;cio D.E. 055.2025 (Reequil&#237;brio de Pre&#231;o - Buric&#225;).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527070/images/original/Of&#237;cio D.E. 053.2025 (Reequil&#237;brio de Pre&#231;o - Buric&#225;).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522342/images/original/Of&#237;cio D.E. 038.2025 (Reequil&#237;brio de Pre&#231;o - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521524/images/original/Of&#237;cio D.E. 036.2025 (Reequil&#237;brio de Pre&#231;o - Fredi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522226/images/original/Of&#237;cio D.E. 037.2025 (Reequil&#237;brio de Pre&#231;o - Centermedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524662/images/original/Of&#237;cio D.E. 044.2025 (Reequil&#237;brio de Pre&#231;o - Fredi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517674/images/original/Of&#237;cio D.E. 023.2025 (Reequil&#237;brio de Pre&#231;o - Guaracar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518444/images/original/Of&#237;cio D.E. 028.2025 (Reequil&#237;brio de Pre&#231;o - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515737/images/original/Oficio D.E. 009.2025 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/510098/images/original/Of&#237;cio D.E. 164.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508745/images/original/Of&#237;cio D.E. 163.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508128/images/original/Of&#237;cio D.E. 162.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507320/images/original/Of&#237;cio D.E. 161.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507321/images/original/Of&#237;cio D.E. 160.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500000/images/original/Of&#237;cio D.E. 157.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499368/images/original/Of&#237;cio D.E. 155.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/494716/images/original/Of&#237;cio D.E. 146.2024 (Reequil&#237;brio de Pre&#231;o - Dimeva).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/492542/images/original/Of&#237;cio D.E. 145.2024 (Reequil&#237;brio de Pre&#231;o - Tech-sul).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/492541/images/original/Of&#237;cio D.E. 144.2024 (Reequil&#237;brio de Pre&#231;o - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486835/images/original/Of&#237;cio D.E. 138.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486218/images/original/Of&#237;cio D.E. 136.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/484077/images/original/Of&#237;cio D.E. 134.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485673/images/original/Of&#237;cio D.E. 123.2023 (Reequil&#237;brio de Pre&#231;o - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487223/images/original/Of&#237;cio D.E. 139.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/475291/images/original/Of&#237;cio D.E. 123.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/479483/images/original/Of&#237;cio D.E. 128.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469822/images/original/Of&#237;cio D.E. 118.2024 (Reequil&#237;brio de Pre&#231;o - AG Kienen).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469386/images/original/Of&#237;cio D.E. 112.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465528/images/original/Of&#237;cio D.E. 106.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465955/images/original/Of&#237;cio D.E. 107.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/464426/images/original/Of&#237;cio D.E. 105.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/456820/images/original/Of&#237;cio D.E. 100.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454984/images/original/Of&#237;cio D.E. 097.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454521/images/original/Of&#237;cio D.E. 095.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453447/images/original/Of&#237;cio D.E. 094.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/452323/images/original/Of&#237;cio D.E. 091.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451550/images/original/Of&#237;cio D.E. 088.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451354/images/original/Of&#237;cio D.E. 087.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447919/images/original/Of&#237;cio D.E. 078.2024 (Reequil&#237;brio de Pre&#231;o - MG2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447094/images/original/Of&#237;cio D.E. 072.2024 (Reequil&#237;brio de Pre&#231;o - Fortpel).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417671/images/original/Of&#237;cio D.E. 063.2024 (Digitalizado).pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C99" sqref="C99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1421,150 +1424,150 @@
         <v>45</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>48</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>51</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>78</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>81</v>
       </c>
       <c r="B29" t="s">
         <v>82</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>83</v>
@@ -1586,370 +1589,370 @@
         <v>87</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>90</v>
       </c>
       <c r="B32" t="s">
         <v>91</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>93</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B35" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B36" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B37" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>111</v>
+      </c>
+      <c r="B39" t="s">
         <v>109</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B41" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>118</v>
       </c>
       <c r="B42" t="s">
         <v>119</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>121</v>
       </c>
       <c r="B43" t="s">
         <v>122</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>124</v>
       </c>
       <c r="B44" t="s">
         <v>125</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>127</v>
       </c>
       <c r="B45" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B46" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B47" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B49" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B50" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B51" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B52" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B53" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B54" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B57" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B58" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B59" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
+        <v>168</v>
+      </c>
+      <c r="B60" t="s">
         <v>166</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B61" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B62" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>175</v>
       </c>
       <c r="B63" t="s">
         <v>176</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>178</v>
       </c>
       <c r="B64" t="s">
         <v>179</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>180</v>
@@ -2213,153 +2216,153 @@
         <v>250</v>
       </c>
       <c r="B88" t="s">
         <v>251</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>253</v>
       </c>
       <c r="B89" t="s">
         <v>254</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>256</v>
       </c>
       <c r="B90" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B91" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B92" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B93" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B94" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B95" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B96" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>276</v>
       </c>
       <c r="B97" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B98" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B99" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>