--- v0 (2025-10-14)
+++ v1 (2026-02-26)
@@ -12,59 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
+  </si>
+  <si>
+    <t>Portaria Nº02/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>PORTARIA N° 01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria 01.2026.pdf</t>
+  </si>
+  <si>
+    <t>PORTARIA N° 01/2025</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>Portaria 01.2025.pdf</t>
   </si>
   <si>
     <t>PORTARIA Nº 05/2024</t>
   </si>
   <si>
     <t>07/10/2024</t>
   </si>
   <si>
     <t>Portaria 05.2024 - Nomeação Turismóloga.pdf</t>
   </si>
   <si>
     <t>PORTARIA Nº04/2024</t>
   </si>
   <si>
     <t>02/08/2024</t>
   </si>
   <si>
     <t>Portaria 04.2024 - Exoneração Auxiliar Administrativo.pdf</t>
   </si>
   <si>
     <t>PORTARIA N° 03/2024</t>
   </si>
   <si>
     <t>08/07/2024</t>
   </si>
@@ -496,271 +520,307 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/488750/images/original/Portaria 05.2024 - Nomea&#231;&#227;o Turism&#243;loga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/472152/images/original/Portaria 04.2024 - Exonera&#231;&#227;o Auxiliar Administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465046/images/original/Portaria 03.2024 - Nomea&#231;&#227;o Assessor Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/414395/images/original/Portaria 02.2024 - Nomea&#231;&#227;o Auxiliar Administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/390094/images/original/Portaria 01.2024 -Exonera&#231;&#227;o Auxiliar Administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367321/images/original/Portaria 03.2023 - Nomea&#231;&#227;o Auxiliar Administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/286992/images/original/Portaria-02.2023-Nomea&#231;&#227;o-Auxiliar-Administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/286997/images/original/Portaria-01.2023-Nomea&#231;&#227;o-Turism&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/286998/images/original/Portaria-01.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287026/images/original/Portaria_02_diretora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287025/images/original/Portaria_03_Assessor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287027/images/original/PortariaCI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287031/images/original/Portaria02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287030/images/original/Portaria-0032016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287028/images/original/Portaria0042016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287032/images/original/condesus002.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/713491/images/original/Portaria 02.2026 - Altera padroes remuneratorios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/712943/images/original/Portaria 01.2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699743/images/original/Portaria 01.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/488750/images/original/Portaria 05.2024 - Nomea&#231;&#227;o Turism&#243;loga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/472152/images/original/Portaria 04.2024 - Exonera&#231;&#227;o Auxiliar Administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465046/images/original/Portaria 03.2024 - Nomea&#231;&#227;o Assessor Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/414395/images/original/Portaria 02.2024 - Nomea&#231;&#227;o Auxiliar Administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/390094/images/original/Portaria 01.2024 -Exonera&#231;&#227;o Auxiliar Administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367321/images/original/Portaria 03.2023 - Nomea&#231;&#227;o Auxiliar Administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/286992/images/original/Portaria-02.2023-Nomea&#231;&#227;o-Auxiliar-Administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/286997/images/original/Portaria-01.2023-Nomea&#231;&#227;o-Turism&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/286998/images/original/Portaria-01.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287026/images/original/Portaria_02_diretora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287025/images/original/Portaria_03_Assessor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287027/images/original/PortariaCI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287031/images/original/Portaria02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287030/images/original/Portaria-0032016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287028/images/original/Portaria0042016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/287032/images/original/condesus002.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C17"/>
+  <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C17" sqref="C17"/>
+      <selection activeCell="C20" sqref="C20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" t="s">
         <v>6</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>9</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" s="1" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" s="1" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" t="s">
         <v>21</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
         <v>24</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" s="1" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
         <v>27</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>37</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B19" t="s">
+        <v>46</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>