--- v0 (2025-10-21)
+++ v1 (2026-01-08)
@@ -12,94 +12,124 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>CONTRATO 12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>Termo de Contrato 12/2025</t>
+  </si>
+  <si>
+    <t>Extrato Publicação de Contrato 12.2025.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO 11/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>Termo de Contrato 11/2025</t>
+  </si>
+  <si>
+    <t>Extrato Publicação de Contrato 11.2025.pdf</t>
+  </si>
+  <si>
     <t>CONTRATO 10/2025</t>
   </si>
   <si>
     <t>06/10/2025</t>
   </si>
   <si>
     <t>Termo de Contrato 10/2025</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 10.2025.pdf</t>
   </si>
   <si>
     <t>TERMO DE DOAÇÃO 01/2025 - MUITOS CAPÕES</t>
   </si>
   <si>
     <t>03/10/2025</t>
   </si>
   <si>
     <t>Termo de Doação 01/2025 - Muitos Capões</t>
   </si>
   <si>
     <t>CONTRATO 09/2025</t>
   </si>
   <si>
     <t>26/09/2025</t>
   </si>
   <si>
     <t>Termo de Contrato nº 09/2025</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 09.2025.pdf</t>
   </si>
   <si>
+    <t>Aditivo 1</t>
+  </si>
+  <si>
+    <t>Extrato Publicação de Contrato 09.2025 - Aditivo 1.pdf</t>
+  </si>
+  <si>
     <t>CONTRATO 08/2025</t>
   </si>
   <si>
     <t>20/08/2025</t>
   </si>
   <si>
     <t>Termo de Contrato nº 08/2025</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 08.2025.pdf</t>
   </si>
   <si>
     <t>CONTRATO 07/2025</t>
   </si>
   <si>
     <t>23/07/2025</t>
   </si>
   <si>
     <t>Termo de Contrato nº 07/2025</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 07.2025.pdf</t>
   </si>
   <si>
     <t>CONTRATO 06/2025</t>
@@ -164,50 +194,56 @@
   <si>
     <t>Termo de Contrato nº 02/2025</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 02.2025.pdf</t>
   </si>
   <si>
     <t>Aditivo nº 01/2025</t>
   </si>
   <si>
     <t>Extrato Publicação Aditivo 01.2025 Contrato 02.2025.pdf</t>
   </si>
   <si>
     <t>CONTRATO 01/2025</t>
   </si>
   <si>
     <t>11/02/2025</t>
   </si>
   <si>
     <t>Termo de Contrato nº 01/2025</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 01.2025.docx</t>
   </si>
   <si>
+    <t>Primeiro Aditamento</t>
+  </si>
+  <si>
+    <t>Extrato Publicação Aditivo 01.pdf</t>
+  </si>
+  <si>
     <t>CONTRATO 09/2024</t>
   </si>
   <si>
     <t>26/08/2024</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 09.2024 Aditivo 01.pdf</t>
   </si>
   <si>
     <t>Termo de Contrato 09.2024_Telefonia_Móvel.pdf</t>
   </si>
   <si>
     <t>Aditamento 01</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 09.2024.pdf</t>
   </si>
   <si>
     <t>TERMO DE DOAÇÃO 04/2024 - PINHAL DA SERRA</t>
   </si>
   <si>
     <t>10/05/2024</t>
   </si>
   <si>
     <t>Termo de Doação 04.2024 - Pinhal da Serra.pdf</t>
@@ -299,141 +335,138 @@
   <si>
     <t>Termo de Doação 01/2024 - Bom Jesus</t>
   </si>
   <si>
     <t>Termo de Doação 01.2024 - Bom Jesus.pdf</t>
   </si>
   <si>
     <t>CONTRATO 02/2024</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
     <t>Termo de Contrato 02.2024 - Seguro Veículo Sócio Bio_assinado.PDF</t>
   </si>
   <si>
     <t>Contrato 01/2024</t>
   </si>
   <si>
     <t>02/01/2024</t>
   </si>
   <si>
     <t>Termo de Contrato 01.2024 - Medicina do Trabalho.pdf</t>
   </si>
   <si>
-    <t>Aditamento_01_Contrato_01.2024_Medicina_do_Trabalho_assinado_assinado.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Extrato Publicação de Aditivo de Contrato 01.2024.pdf</t>
   </si>
   <si>
-    <t>Aditamento_02_Contrato_01.2024_Medicina_do_Trabalho_assinado.pdf</t>
+    <t>Aditamento 03</t>
   </si>
   <si>
     <t>Extrato Publicação de Aditivo de Contrato 02.2024.pdf</t>
   </si>
   <si>
+    <t>Extrato Publicação de Aditivo de Contrato 03.pdf</t>
+  </si>
+  <si>
     <t>CONTRATO 11/2023</t>
   </si>
   <si>
     <t>18/12/2023</t>
   </si>
   <si>
     <t>Termo_de_Contrato_11.2023_Moveis_Planejados_CONDESUS_assinado.pdf</t>
   </si>
   <si>
     <t>CONTRATO 10/2023</t>
   </si>
   <si>
     <t>28/11/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 10.2023_Despolpadeira 'Fortalece Sociobio'.pdf</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 10.2023.pdf</t>
   </si>
   <si>
     <t>CONTRATO 09/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 09.2023_Triturador 'Fortalece Sociobio'.pdf</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 09.2023.pdf</t>
   </si>
   <si>
     <t>CONTRATO 08/2023</t>
   </si>
   <si>
     <t>06/11/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 08.2023_AssessoriaConvênioMAPA.pdf</t>
   </si>
   <si>
-    <t>Termo aditivo 01.2024 - Prorrogação de vigência contratual.pdf</t>
-[...2 lines deleted...]
-    <t>Extrato Publicação de Contrato - Aditivo 01.2024.pdf</t>
+    <t>Extrato de Publicação - Primeiro Aditamento</t>
+  </si>
+  <si>
+    <t>Segundo Aditamento</t>
+  </si>
+  <si>
+    <t>Extrato de Publicação - Segundo Aditamento</t>
   </si>
   <si>
     <t>CONTRATO 07/2023</t>
   </si>
   <si>
     <t>31/10/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 07.2023_Placas de Sinalização.pdf</t>
   </si>
   <si>
     <t>CONTRATO 06/2023</t>
   </si>
   <si>
     <t>16/10/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 06.2023_ReformaAmpliaçãoSede.pdf</t>
   </si>
   <si>
     <t>CONTRATO 05/2023</t>
   </si>
   <si>
     <t>10/10/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 05.2023_Assessoria Jurídica.pdf</t>
   </si>
   <si>
-    <t>Primeiro Aditamento</t>
-[...1 lines deleted...]
-  <si>
     <t>Extrato Publicação de Contrato - Aditivo 01.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Segundo Aditamento</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato - Aditivo 02.pdf</t>
   </si>
   <si>
     <t>CONTRATO 04/2023</t>
   </si>
   <si>
     <t>21/07/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 04.2023.pdf</t>
   </si>
   <si>
     <t>Contrato 03/2023</t>
   </si>
   <si>
     <t>16/03/2023</t>
   </si>
   <si>
     <t>Contrato nº 03/2023</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato</t>
   </si>
@@ -931,259 +964,259 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663608/images/original/ASSINADO Termo de contrato 10.2025 - Seladoras Conv&#234;nio MAPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663609/images/original/Extrato Publica&#231;&#227;o de Contrato 10.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662054/images/original/Termo_de_Doacao_01_2025_Muitos_Capoes (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657377/images/original/Contrato_de_prestacao_de_servicos_09_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657376/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626919/images/original/Contrato_de_prestacao_de_servicos_08.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626920/images/original/Extrato Publica&#231;&#227;o de Contrato 08.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613165/images/original/Termo_de_contrato_07.2025_RAFAEL_DEBONA_LTDA_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613163/images/original/Extrato Publica&#231;&#227;o de Contrato 07.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608244/images/original/Termo_de_contrato_06.2025_GUILHERME_XAVIER_PIVA_EIRELI_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608245/images/original/Extrato Publica&#231;&#227;o de Contrato 06.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605132/images/original/Termo de Contrato n&#186; 05 2025 - Reforma Sala de Reuni&#245;es_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605133/images/original/Extrato Publica&#231;&#227;o de Contrato 05.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590285/images/original/Contrato 1Doc_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590284/images/original/Extrato Publica&#231;&#227;o de Contrato 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600415/images/original/Aditivo n&#186; 01.2025 Termo de Contrato n&#186; 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600414/images/original/Extrato Publica&#231;&#227;o Aditivo 01.2025 Contrato 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534684/images/original/Extrato Publica&#231;&#227;o de Contrato 03.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534685/images/original/Termo_de_Contrato_03.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/523234/images/original/Contrato 02 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/523233/images/original/Extrato Publica&#231;&#227;o de Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555243/images/original/Termo aditivo 01 2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555244/images/original/Extrato Publica&#231;&#227;o Aditivo 01.2025 Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521504/images/original/Contrato_Condesus_Termo de contrato 01 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521502/images/original/Extrato Publica&#231;&#227;o de Contrato 01.2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/633370/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2024 Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483086/images/original/Termo de Contrato 09.2024_Telefonia_M&#243;vel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/633368/images/original/Aditamento 01_Contrato 09.2024_Telefonia_M&#243;vel (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483085/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/449967/images/original/Termo de Doa&#231;&#227;o 04.2024 - Pinhal da Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448518/images/original/Termo de Contrato 08.2024 - Treinamento Licita&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448519/images/original/Extrato Publica&#231;&#227;o de Contrato 08.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448315/images/original/Extrato Publica&#231;&#227;o de Contrato 07.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448316/images/original/Termo de Contrato 07.2024 - Kit de Seguran&#231;a Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447911/images/original/Extrato Publica&#231;&#227;o de Contrato 05.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447912/images/original/Termo de Contrato 05.2024 - Descascador de Pinh&#227;o e Seladora de Pedal Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447823/images/original/Extrato Publica&#231;&#227;o de Contrato 04.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447824/images/original/Termo de Contrato 04.2024 - M&#225;quina de Debulha Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447683/images/original/Extrato Publica&#231;&#227;o de Contrato 06.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447684/images/original/Termo de Contrato 06.2024 - Freezers Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447685/images/original/Termo de Contrato 03.2024_Fonte De Pre&#231;os (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416524/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546364/images/original/Aditamento 01_Contrato 03.2024 - Prom&#225;xima ass.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546365/images/original/Extrato Publica&#231;&#227;o Aditamento de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415662/images/original/Termo de Doa&#231;&#227;o 03.2024 - Pinhal da Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415661/images/original/Termo de Doa&#231;&#227;o 02.2024 - Muitos Cap&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415660/images/original/Termo de Doa&#231;&#227;o 01.2024 - Bom Jesus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/408398/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/408399/images/original/Termo de Contrato 02.2024 - Seguro Ve&#237;culo S&#243;cio Bio_assinado.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391369/images/original/Termo de Contrato 01.2024 - Medicina do Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391368/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490419/images/original/Aditamento_01_Contrato_01.2024_Medicina_do_Trabalho_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490420/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507064/images/original/Aditamento_02_Contrato_01.2024_Medicina_do_Trabalho_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507065/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 02.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386565/images/original/Termo_de_Contrato_11.2023_Moveis_Planejados_CONDESUS_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386566/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/376162/images/original/Termo de Contrato 10.2023_Despolpadeira 'Fortalece Sociobio'.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/376161/images/original/Extrato Publica&#231;&#227;o de Contrato 10.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375074/images/original/Termo de Contrato 09.2023_Triturador 'Fortalece Sociobio'.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375073/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375038/images/original/Termo de Contrato 08.2023_AssessoriaConv&#234;nioMAPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375037/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503903/images/original/Termo aditivo 01.2024 - Prorroga&#231;&#227;o de vig&#234;ncia contratual.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503902/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355628/images/original/Termo de Contrato 07.2023_Placas de Sinaliza&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355634/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355493/images/original/Termo de Contrato 06.2023_ReformaAmplia&#231;&#227;oSede.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355635/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/346590/images/original/Termo de Contrato 05.2023_Assessoria Jur&#237;dica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/346589/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/496044/images/original/Termo Aditivo final (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/496045/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/667754/images/original/Segundo Termo de Aditamento Assessoria Jur&#237;dica Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/667753/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/335716/images/original/Termo de Contrato 04.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/335717/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288897/images/original/Termo-de-Contrato-03.2023_SiteInstitucionalassinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288896/images/original/Extrato-Publica&#231;&#227;o-de-Contrato-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410384/images/original/Aditamento 01.2024_Contrato 03_2023 - Webde_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410383/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555289/images/original/Aditamento 02.2025_Contrato 03_2023 - Webde_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555288/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288899/images/original/Termo-de-Contrato-02.2023_ProjetoArquitet&#244;nico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288898/images/original/Extrato-Publica&#231;&#227;o-de-Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288901/images/original/Termo-de-Contrato-01.2023_MaterialDivulga&#231;&#227;oTur&#237;sticaGest&#227;oM&#237;dias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288900/images/original/Extrato-Publica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519958/images/original/Aditamento 01.2024 Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519959/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519961/images/original/Segundo_Aditamento_Contrato_FourPub_29_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519960/images/original/Extrato Publica&#231;&#227;o de Segundo Aditivo Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663548/images/original/Terceiro_Aditamento_Contrato_FourPub_-_Inclusao_Arte_Folder_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663547/images/original/Extrato Publica&#231;&#227;o de Terceiro Aditivo Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288908/images/original/Contrato_05.2022_DireitoOr&#231;ament&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288907/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288905/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288906/images/original/TermoContrato06.2022_PINs-Jos&#233;-Renato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288903/images/original/TermoContrato07.2022_Siga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288902/images/original/Extrato-Publica&#231;&#227;o-de-Contrato-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/358480/images/original/Aditamento_01.2023_Contrato_07_2022_-_Siga_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/358481/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288910/images/original/contrato-n&#176;04.2022-CONDESUS-Campos-de-Cima-da-Serra-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288909/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (3).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468483/images/original/Aditamento 01_Contrato 04.2022 - Delta_Anexo (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468486/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468484/images/original/Aditamento 02_Contrato 04.2022 - Delta_Anexo_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468485/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608993/images/original/Aditamento 03_Contrato 04.2022 - Delta_Anexo assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608991/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288911/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (4).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288912/images/original/Contrato-03.2022-Objetiva-assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288913/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (5).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288914/images/original/ContratoEmergencial-CONDESUS-Campos-de-Cima-da-Serra-testemunhas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288915/images/original/Termo-Rescis&#227;o-Contratual-Condesus-Cima-da-Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288919/images/original/EXTRATO-DE-PUBLICA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288918/images/original/EXTRATO-DE-PUBLICA&#199;&#195;O-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288916/images/original/Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288917/images/original/Aditivo-01.2023_Contrato-01.2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453193/images/original/Aditamento 01.2024_Contrato 01_2022 - Prioriza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522482/images/original/1.2 Termo de Convenio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522483/images/original/1.2.1 Termo Aditivo n&#186; 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522484/images/original/1.2.2 Termo Aditivo n&#186; 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522494/images/original/Comprovante Recolhimento Saldo Convenio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/526499/images/original/Devolu&#231;&#227;o de valores 7792022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288951/images/original/Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288920/images/original/Contrato-01.2018-Software.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706604/images/original/Contrato 12.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706605/images/original/Extrato Publica&#231;&#227;o de Contrato 12.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706232/images/original/Contrato de presta&#231;&#227;o de servi&#231;os 11.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706233/images/original/Extrato Publica&#231;&#227;o de Contrato 11.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663608/images/original/ASSINADO Termo de contrato 10.2025 - Seladoras Conv&#234;nio MAPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663609/images/original/Extrato Publica&#231;&#227;o de Contrato 10.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662054/images/original/Termo_de_Doacao_01_2025_Muitos_Capoes (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657377/images/original/Contrato_de_prestacao_de_servicos_09_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657376/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/680891/images/original/Aditivo 01.2025 ao contrato de presta&#231;&#227;o de servi&#231;os 09.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/680894/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2025 - Aditivo 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626919/images/original/Contrato_de_prestacao_de_servicos_08.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626920/images/original/Extrato Publica&#231;&#227;o de Contrato 08.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613165/images/original/Termo_de_contrato_07.2025_RAFAEL_DEBONA_LTDA_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613163/images/original/Extrato Publica&#231;&#227;o de Contrato 07.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608244/images/original/Termo_de_contrato_06.2025_GUILHERME_XAVIER_PIVA_EIRELI_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608245/images/original/Extrato Publica&#231;&#227;o de Contrato 06.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605132/images/original/Termo de Contrato n&#186; 05 2025 - Reforma Sala de Reuni&#245;es_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605133/images/original/Extrato Publica&#231;&#227;o de Contrato 05.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590285/images/original/Contrato 1Doc_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590284/images/original/Extrato Publica&#231;&#227;o de Contrato 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600415/images/original/Aditivo n&#186; 01.2025 Termo de Contrato n&#186; 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600414/images/original/Extrato Publica&#231;&#227;o Aditivo 01.2025 Contrato 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534684/images/original/Extrato Publica&#231;&#227;o de Contrato 03.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534685/images/original/Termo_de_Contrato_03.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/523234/images/original/Contrato 02 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/523233/images/original/Extrato Publica&#231;&#227;o de Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555243/images/original/Termo aditivo 01 2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555244/images/original/Extrato Publica&#231;&#227;o Aditivo 01.2025 Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521504/images/original/Contrato_Condesus_Termo de contrato 01 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521502/images/original/Extrato Publica&#231;&#227;o de Contrato 01.2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/677764/images/original/Aditivo_01.2025_Contrato_01.2025_Engenho_de_Ideias_assinado_fornecedor_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/677770/images/original/Extrato Publica&#231;&#227;o Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/633370/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2024 Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483086/images/original/Termo de Contrato 09.2024_Telefonia_M&#243;vel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/633368/images/original/Aditamento 01_Contrato 09.2024_Telefonia_M&#243;vel (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483085/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/449967/images/original/Termo de Doa&#231;&#227;o 04.2024 - Pinhal da Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448518/images/original/Termo de Contrato 08.2024 - Treinamento Licita&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448519/images/original/Extrato Publica&#231;&#227;o de Contrato 08.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448315/images/original/Extrato Publica&#231;&#227;o de Contrato 07.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448316/images/original/Termo de Contrato 07.2024 - Kit de Seguran&#231;a Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447911/images/original/Extrato Publica&#231;&#227;o de Contrato 05.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447912/images/original/Termo de Contrato 05.2024 - Descascador de Pinh&#227;o e Seladora de Pedal Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447823/images/original/Extrato Publica&#231;&#227;o de Contrato 04.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447824/images/original/Termo de Contrato 04.2024 - M&#225;quina de Debulha Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447683/images/original/Extrato Publica&#231;&#227;o de Contrato 06.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447684/images/original/Termo de Contrato 06.2024 - Freezers Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447685/images/original/Termo de Contrato 03.2024_Fonte De Pre&#231;os (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416524/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546364/images/original/Aditamento 01_Contrato 03.2024 - Prom&#225;xima ass.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546365/images/original/Extrato Publica&#231;&#227;o Aditamento de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415662/images/original/Termo de Doa&#231;&#227;o 03.2024 - Pinhal da Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415661/images/original/Termo de Doa&#231;&#227;o 02.2024 - Muitos Cap&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415660/images/original/Termo de Doa&#231;&#227;o 01.2024 - Bom Jesus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/408398/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/408399/images/original/Termo de Contrato 02.2024 - Seguro Ve&#237;culo S&#243;cio Bio_assinado.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391369/images/original/Termo de Contrato 01.2024 - Medicina do Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391368/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490419/images/original/Aditamento_01_Contrato_01.2024_Medicina_do_Trabalho_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490420/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507064/images/original/Aditamento_02_Contrato_01.2024_Medicina_do_Trabalho_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507065/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 02.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699160/images/original/Aditamento 03_Contrato 01.2024 Medicina do Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699162/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386565/images/original/Termo_de_Contrato_11.2023_Moveis_Planejados_CONDESUS_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386566/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/376162/images/original/Termo de Contrato 10.2023_Despolpadeira 'Fortalece Sociobio'.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/376161/images/original/Extrato Publica&#231;&#227;o de Contrato 10.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375074/images/original/Termo de Contrato 09.2023_Triturador 'Fortalece Sociobio'.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375073/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375038/images/original/Termo de Contrato 08.2023_AssessoriaConv&#234;nioMAPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375037/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503903/images/original/Termo aditivo 01.2024 - Prorroga&#231;&#227;o de vig&#234;ncia contratual.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503902/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/672371/images/original/Segundo_termo_aditivo_-_Prorrogacao_de_vigencia_contratual_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/672372/images/original/Extrato Publica&#231;&#227;o de Contrato - Segundo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355628/images/original/Termo de Contrato 07.2023_Placas de Sinaliza&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355634/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355493/images/original/Termo de Contrato 06.2023_ReformaAmplia&#231;&#227;oSede.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355635/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/346590/images/original/Termo de Contrato 05.2023_Assessoria Jur&#237;dica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/346589/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/496044/images/original/Termo Aditivo final (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/496045/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/667754/images/original/Segundo Termo de Aditamento Assessoria Jur&#237;dica Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/667753/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/335716/images/original/Termo de Contrato 04.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/335717/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288897/images/original/Termo-de-Contrato-03.2023_SiteInstitucionalassinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288896/images/original/Extrato-Publica&#231;&#227;o-de-Contrato-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410384/images/original/Aditamento 01.2024_Contrato 03_2023 - Webde_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410383/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555289/images/original/Aditamento 02.2025_Contrato 03_2023 - Webde_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555288/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288899/images/original/Termo-de-Contrato-02.2023_ProjetoArquitet&#244;nico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288898/images/original/Extrato-Publica&#231;&#227;o-de-Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288901/images/original/Termo-de-Contrato-01.2023_MaterialDivulga&#231;&#227;oTur&#237;sticaGest&#227;oM&#237;dias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288900/images/original/Extrato-Publica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519958/images/original/Aditamento 01.2024 Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519959/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519961/images/original/Segundo_Aditamento_Contrato_FourPub_29_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519960/images/original/Extrato Publica&#231;&#227;o de Segundo Aditivo Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663548/images/original/Terceiro_Aditamento_Contrato_FourPub_-_Inclusao_Arte_Folder_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663547/images/original/Extrato Publica&#231;&#227;o de Terceiro Aditivo Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288908/images/original/Contrato_05.2022_DireitoOr&#231;ament&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288907/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288905/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288906/images/original/TermoContrato06.2022_PINs-Jos&#233;-Renato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288903/images/original/TermoContrato07.2022_Siga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288902/images/original/Extrato-Publica&#231;&#227;o-de-Contrato-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/358480/images/original/Aditamento_01.2023_Contrato_07_2022_-_Siga_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/358481/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288910/images/original/contrato-n&#176;04.2022-CONDESUS-Campos-de-Cima-da-Serra-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288909/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (3).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468483/images/original/Aditamento 01_Contrato 04.2022 - Delta_Anexo (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468486/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468484/images/original/Aditamento 02_Contrato 04.2022 - Delta_Anexo_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468485/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608993/images/original/Aditamento 03_Contrato 04.2022 - Delta_Anexo assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608991/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288911/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (4).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288912/images/original/Contrato-03.2022-Objetiva-assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288913/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (5).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288914/images/original/ContratoEmergencial-CONDESUS-Campos-de-Cima-da-Serra-testemunhas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288915/images/original/Termo-Rescis&#227;o-Contratual-Condesus-Cima-da-Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288919/images/original/EXTRATO-DE-PUBLICA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288918/images/original/EXTRATO-DE-PUBLICA&#199;&#195;O-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288916/images/original/Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288917/images/original/Aditivo-01.2023_Contrato-01.2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453193/images/original/Aditamento 01.2024_Contrato 01_2022 - Prioriza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522482/images/original/1.2 Termo de Convenio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522483/images/original/1.2.1 Termo Aditivo n&#186; 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522484/images/original/1.2.2 Termo Aditivo n&#186; 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522494/images/original/Comprovante Recolhimento Saldo Convenio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/526499/images/original/Devolu&#231;&#227;o de valores 7792022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288951/images/original/Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288920/images/original/Contrato-01.2018-Software.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C127"/>
+  <dimension ref="A1:C139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C127" sqref="C127"/>
+      <selection activeCell="C139" sqref="C139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B12" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B15" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>36</v>
       </c>
       <c r="B19" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>37</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>39</v>
@@ -1290,1102 +1323,1234 @@
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>51</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>56</v>
       </c>
       <c r="B31" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" t="s">
+        <v>57</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B33" t="s">
+        <v>57</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="B34" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>62</v>
+      </c>
+      <c r="B35" t="s">
         <v>63</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" s="1" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B36" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B37" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="B38" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>68</v>
+      </c>
+      <c r="B39" t="s">
+        <v>69</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>71</v>
+      </c>
+      <c r="B40" t="s">
+        <v>72</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B41" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>75</v>
+      </c>
+      <c r="B42" t="s">
         <v>76</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" s="1" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>75</v>
+      </c>
+      <c r="B43" t="s">
         <v>76</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>79</v>
+      </c>
+      <c r="B44" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>79</v>
+      </c>
+      <c r="B45" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>82</v>
       </c>
       <c r="B46" t="s">
+        <v>76</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B47" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B48" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B49" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>88</v>
+      </c>
+      <c r="B50" t="s">
         <v>89</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" s="1" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B51" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>88</v>
+      </c>
+      <c r="B52" t="s">
+        <v>89</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B53" t="s">
+        <v>89</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B54" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B55" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B56" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B57" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B58" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B59" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B60" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>105</v>
+        <v>91</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B61" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>107</v>
+        <v>66</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B62" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B63" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
+        <v>104</v>
+      </c>
+      <c r="B64" t="s">
+        <v>105</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B65" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B66" t="s">
+        <v>105</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B67" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B68" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B69" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>114</v>
+      </c>
+      <c r="B70" t="s">
+        <v>115</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B71" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
+        <v>118</v>
+      </c>
+      <c r="B72" t="s">
+        <v>115</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B73" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B74" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>124</v>
+        <v>91</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B75" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B76" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B77" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B78" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>79</v>
+        <v>126</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B79" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B80" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>133</v>
+        <v>91</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>130</v>
       </c>
       <c r="B81" t="s">
         <v>131</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>130</v>
       </c>
       <c r="B82" t="s">
         <v>131</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>135</v>
+        <v>91</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B83" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B84" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>137</v>
+        <v>91</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B85" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B86" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="B87" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="B88" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B89" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>123</v>
+        <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B90" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>145</v>
+        <v>91</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>141</v>
       </c>
       <c r="B91" t="s">
         <v>142</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>125</v>
+        <v>143</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>141</v>
       </c>
       <c r="B92" t="s">
         <v>142</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>141</v>
       </c>
       <c r="B93" t="s">
         <v>142</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>141</v>
       </c>
       <c r="B94" t="s">
         <v>142</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="B95" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="B96" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B97" t="s">
         <v>150</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B98" t="s">
         <v>150</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
+        <v>152</v>
+      </c>
+      <c r="B99" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
+        <v>152</v>
+      </c>
+      <c r="B100" t="s">
         <v>153</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="1" t="s">
-        <v>133</v>
+        <v>155</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
+        <v>152</v>
+      </c>
+      <c r="B101" t="s">
         <v>153</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="1" t="s">
-        <v>155</v>
+        <v>60</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
+        <v>152</v>
+      </c>
+      <c r="B102" t="s">
         <v>153</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="1" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B103" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>158</v>
+        <v>125</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B104" t="s">
+        <v>153</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B105" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B106" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>124</v>
+        <v>159</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B107" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B108" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>126</v>
+        <v>144</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="B109" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="B110" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B111" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>133</v>
+        <v>165</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B112" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>165</v>
+        <v>144</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
+        <v>164</v>
+      </c>
+      <c r="B113" t="s">
+        <v>161</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B114" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>168</v>
+        <v>146</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B115" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B116" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>172</v>
+        <v>144</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="B117" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="B118" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>175</v>
+        <v>136</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="B119" t="s">
+        <v>168</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="B120" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>177</v>
+        <v>137</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="B121" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="B122" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B123" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>182</v>
+        <v>144</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B124" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
+        <v>177</v>
+      </c>
+      <c r="B125" t="s">
         <v>178</v>
       </c>
-      <c r="B125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="1" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="B126" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
+        <v>177</v>
+      </c>
+      <c r="B127" t="s">
+        <v>178</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" t="s">
+        <v>181</v>
+      </c>
+      <c r="B128" t="s">
+        <v>182</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" t="s">
+        <v>184</v>
+      </c>
+      <c r="B129" t="s">
+        <v>182</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" t="s">
+        <v>185</v>
+      </c>
+      <c r="B130" t="s">
+        <v>182</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" t="s">
+        <v>185</v>
+      </c>
+      <c r="B131" t="s">
+        <v>182</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="B127" t="s">
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" t="s">
+        <v>185</v>
+      </c>
+      <c r="B132" t="s">
+        <v>182</v>
+      </c>
+      <c r="C132" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="C127" s="1" t="s">
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" t="s">
         <v>189</v>
+      </c>
+      <c r="B133" t="s">
+        <v>190</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" t="s">
+        <v>189</v>
+      </c>
+      <c r="B134" t="s">
+        <v>190</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" t="s">
+        <v>189</v>
+      </c>
+      <c r="B135" t="s">
+        <v>190</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" t="s">
+        <v>189</v>
+      </c>
+      <c r="B136" t="s">
+        <v>190</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" t="s">
+        <v>189</v>
+      </c>
+      <c r="B137" t="s">
+        <v>190</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" t="s">
+        <v>195</v>
+      </c>
+      <c r="B138" t="s">
+        <v>196</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" t="s">
+        <v>198</v>
+      </c>
+      <c r="B139" t="s">
+        <v>199</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -2472,50 +2637,62 @@
     <hyperlink ref="C103" r:id="rId_hyperlink_102"/>
     <hyperlink ref="C104" r:id="rId_hyperlink_103"/>
     <hyperlink ref="C105" r:id="rId_hyperlink_104"/>
     <hyperlink ref="C106" r:id="rId_hyperlink_105"/>
     <hyperlink ref="C107" r:id="rId_hyperlink_106"/>
     <hyperlink ref="C108" r:id="rId_hyperlink_107"/>
     <hyperlink ref="C109" r:id="rId_hyperlink_108"/>
     <hyperlink ref="C110" r:id="rId_hyperlink_109"/>
     <hyperlink ref="C111" r:id="rId_hyperlink_110"/>
     <hyperlink ref="C112" r:id="rId_hyperlink_111"/>
     <hyperlink ref="C113" r:id="rId_hyperlink_112"/>
     <hyperlink ref="C114" r:id="rId_hyperlink_113"/>
     <hyperlink ref="C115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="C116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="C117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="C118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="C119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="C120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="C121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="C122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="C123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="C124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="C125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="C126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="C127" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="C128" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="C129" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="C130" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="C131" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="C132" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="C133" r:id="rId_hyperlink_132"/>
+    <hyperlink ref="C134" r:id="rId_hyperlink_133"/>
+    <hyperlink ref="C135" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="C136" r:id="rId_hyperlink_135"/>
+    <hyperlink ref="C137" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="C138" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="C139" r:id="rId_hyperlink_138"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>