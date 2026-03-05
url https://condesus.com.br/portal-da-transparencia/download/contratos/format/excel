--- v1 (2026-01-08)
+++ v2 (2026-03-05)
@@ -12,61 +12,139 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Termos de Cessão de Uso - Convênio MAPA nº 919044/2021 (Projeto Fortalece Sociobio)</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 01.2026 - Edelvan Carvalho Lisboa (Bens 115, 142, 146 e 154).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 02.2026 - Eloir Guilherme da Silva (Bens 109 e 116).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 03.2026 - Encontro de Sabores (Bens 118, 123, 124, 130, 149, 151, 155 e 193).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 04.2026 - Gabriel Scherner Zanotto (Bens 121, 125, 143, 189 e 194).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 05.2026 - Ieda Maria Panassol de Souza (Bem 101).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 06.2026 - João Ramos de Souza (Bem 104).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 07.2026 - João Rodrigues de Almeida (Bens 144 e 150).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 08.2026 - Neila da Aparecida de Matos Rosário (Bens 75, 105, 114, 120, 122, 126, 127, 133, 134, 137, 138, 152, 187 e 190).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 09.2026 - Nely de Fátima Fernandes Cabral (Bens 74, 103, 106 ,117, 145, 153 e 191).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 10.2026 - Pablo Rissardi Baldin (Bem 147).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 18.2026 - José Dari Vieira (Bem 188).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 12.2026 - Rosana Aparecida Pinto Rodrigues (Bem 113).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 13.2026 - Salete Fochezatto de Carvalho (Bens 76, 100, 107, 110, 119, 132, 136 e 141).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 14.2026 - Vanessa Luz da Silva (Bem 102).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 15.2026 - Elaine Borges Fabro (Bens 111 e 186).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 16.2026 - Agnaldo Brem Berardino (Bem 192).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 17.2026 - Edson Silva de Souza (Bem 108).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 11.2026 - Patricia Luz da Silva (Bem 112).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 19.2026 - Camila de Quadros Teles (Bem 128).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 20.2026 - Gilnei Silva da Rosa (Bem 129).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 21.2026 - Graziele de Oliveira Ferreira (Bem 131).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 22.2026 - Valdemar Lemes (Bem 140).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 23.2026 - Roseli Aparecida Batista (Bem 135).pdf</t>
+  </si>
+  <si>
+    <t>Termo Cessão Uso Bem Móvel 24.2026 - Belonir de Campos de Almeirda (Bem 139).pdf</t>
+  </si>
+  <si>
     <t>CONTRATO 12/2025</t>
   </si>
   <si>
     <t>17/12/2025</t>
   </si>
   <si>
     <t>Termo de Contrato 12/2025</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 12.2025.pdf</t>
   </si>
   <si>
     <t>CONTRATO 11/2025</t>
   </si>
   <si>
     <t>16/12/2025</t>
   </si>
   <si>
     <t>Termo de Contrato 11/2025</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 11.2025.pdf</t>
   </si>
   <si>
     <t>CONTRATO 10/2025</t>
@@ -173,74 +251,77 @@
   <si>
     <t>Extrato Publicação Aditivo 01.2025 Contrato 04.2025.pdf</t>
   </si>
   <si>
     <t>CONTRATO 03/2025</t>
   </si>
   <si>
     <t>10/03/2025</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 03.2025.pdf</t>
   </si>
   <si>
     <t>Termo de Contrato nº 03/2025</t>
   </si>
   <si>
     <t>CONTRATO 02/2025</t>
   </si>
   <si>
     <t>14/02/2025</t>
   </si>
   <si>
     <t>Termo de Contrato nº 02/2025</t>
   </si>
   <si>
-    <t>Extrato Publicação de Contrato 02.2025.pdf</t>
-[...5 lines deleted...]
-    <t>Extrato Publicação Aditivo 01.2025 Contrato 02.2025.pdf</t>
+    <t>Extrato de Publicação Termo de Contrato nº 02/2025</t>
+  </si>
+  <si>
+    <t>Primeiro Aditamento</t>
+  </si>
+  <si>
+    <t>Extrato de Publicação Primeiro Aditamento</t>
+  </si>
+  <si>
+    <t>Segundo Aditamento</t>
+  </si>
+  <si>
+    <t>Extrato de Publicação Segundo Aditamento</t>
   </si>
   <si>
     <t>CONTRATO 01/2025</t>
   </si>
   <si>
     <t>11/02/2025</t>
   </si>
   <si>
     <t>Termo de Contrato nº 01/2025</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 01.2025.docx</t>
   </si>
   <si>
-    <t>Primeiro Aditamento</t>
-[...1 lines deleted...]
-  <si>
     <t>Extrato Publicação Aditivo 01.pdf</t>
   </si>
   <si>
     <t>CONTRATO 09/2024</t>
   </si>
   <si>
     <t>26/08/2024</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 09.2024 Aditivo 01.pdf</t>
   </si>
   <si>
     <t>Termo de Contrato 09.2024_Telefonia_Móvel.pdf</t>
   </si>
   <si>
     <t>Aditamento 01</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 09.2024.pdf</t>
   </si>
   <si>
     <t>TERMO DE DOAÇÃO 04/2024 - PINHAL DA SERRA</t>
   </si>
   <si>
     <t>10/05/2024</t>
@@ -326,50 +407,59 @@
   <si>
     <t>Termo de Doação 03.2024 - Pinhal da Serra.pdf</t>
   </si>
   <si>
     <t>Termo de Doação 02/2024 - Muitos Capões</t>
   </si>
   <si>
     <t>Termo de Doação 02.2024 - Muitos Capões.pdf</t>
   </si>
   <si>
     <t>Termo de Doação 01/2024 - Bom Jesus</t>
   </si>
   <si>
     <t>Termo de Doação 01.2024 - Bom Jesus.pdf</t>
   </si>
   <si>
     <t>CONTRATO 02/2024</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
     <t>Termo de Contrato 02.2024 - Seguro Veículo Sócio Bio_assinado.PDF</t>
   </si>
   <si>
+    <t>Termo de Cessão de Uso - Convênio MAPA nº 919044/2021 (Projeto Fortalece Sociobio)</t>
+  </si>
+  <si>
+    <t>04/03/2024</t>
+  </si>
+  <si>
+    <t>Termo de Cessão de Uso 01.2024 VEÍCULO.pdf</t>
+  </si>
+  <si>
     <t>Contrato 01/2024</t>
   </si>
   <si>
     <t>02/01/2024</t>
   </si>
   <si>
     <t>Termo de Contrato 01.2024 - Medicina do Trabalho.pdf</t>
   </si>
   <si>
     <t>Extrato Publicação de Aditivo de Contrato 01.2024.pdf</t>
   </si>
   <si>
     <t>Aditamento 03</t>
   </si>
   <si>
     <t>Extrato Publicação de Aditivo de Contrato 02.2024.pdf</t>
   </si>
   <si>
     <t>Extrato Publicação de Aditivo de Contrato 03.pdf</t>
   </si>
   <si>
     <t>CONTRATO 11/2023</t>
   </si>
   <si>
     <t>18/12/2023</t>
@@ -389,53 +479,50 @@
   <si>
     <t>Extrato Publicação de Contrato 10.2023.pdf</t>
   </si>
   <si>
     <t>CONTRATO 09/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 09.2023_Triturador 'Fortalece Sociobio'.pdf</t>
   </si>
   <si>
     <t>Extrato Publicação de Contrato 09.2023.pdf</t>
   </si>
   <si>
     <t>CONTRATO 08/2023</t>
   </si>
   <si>
     <t>06/11/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 08.2023_AssessoriaConvênioMAPA.pdf</t>
   </si>
   <si>
     <t>Extrato de Publicação - Primeiro Aditamento</t>
   </si>
   <si>
-    <t>Segundo Aditamento</t>
-[...1 lines deleted...]
-  <si>
     <t>Extrato de Publicação - Segundo Aditamento</t>
   </si>
   <si>
     <t>CONTRATO 07/2023</t>
   </si>
   <si>
     <t>31/10/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 07.2023_Placas de Sinalização.pdf</t>
   </si>
   <si>
     <t>CONTRATO 06/2023</t>
   </si>
   <si>
     <t>16/10/2023</t>
   </si>
   <si>
     <t>Termo de Contrato 06.2023_ReformaAmpliaçãoSede.pdf</t>
   </si>
   <si>
     <t>CONTRATO 05/2023</t>
   </si>
   <si>
     <t>10/10/2023</t>
@@ -492,50 +579,56 @@
     <t>Contrato nº 02/2023</t>
   </si>
   <si>
     <t>Contrato 01/2023</t>
   </si>
   <si>
     <t>03/03/2023</t>
   </si>
   <si>
     <t>Contrato nº 01/2023</t>
   </si>
   <si>
     <t>Extrato Publicação</t>
   </si>
   <si>
     <t>Extrato Publicação Primeiro Aditamento</t>
   </si>
   <si>
     <t>Extrato Publicação Segundo Aditamento</t>
   </si>
   <si>
     <t>Terceiro Aditamento</t>
   </si>
   <si>
     <t>Extrato Publicação Terceiro Aditamento</t>
+  </si>
+  <si>
+    <t>Quarto Aditamento</t>
+  </si>
+  <si>
+    <t>Extrato Publicação Quarto Aditamento</t>
   </si>
   <si>
     <t>Contrato 05/2022</t>
   </si>
   <si>
     <t>16/11/2022</t>
   </si>
   <si>
     <t>Contrato nº 05/2022</t>
   </si>
   <si>
     <t>Contrato 06/2022</t>
   </si>
   <si>
     <t>Contrato 07/2022</t>
   </si>
   <si>
     <t>Contrato nº 07/2022</t>
   </si>
   <si>
     <t>Aditamento_01.2023_Contrato_07_2022_-_Siga_assinado.pdf</t>
   </si>
   <si>
     <t>Contrato 04/2022</t>
   </si>
@@ -964,1593 +1057,1912 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706604/images/original/Contrato 12.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706605/images/original/Extrato Publica&#231;&#227;o de Contrato 12.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706232/images/original/Contrato de presta&#231;&#227;o de servi&#231;os 11.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706233/images/original/Extrato Publica&#231;&#227;o de Contrato 11.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663608/images/original/ASSINADO Termo de contrato 10.2025 - Seladoras Conv&#234;nio MAPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663609/images/original/Extrato Publica&#231;&#227;o de Contrato 10.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662054/images/original/Termo_de_Doacao_01_2025_Muitos_Capoes (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657377/images/original/Contrato_de_prestacao_de_servicos_09_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657376/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/680891/images/original/Aditivo 01.2025 ao contrato de presta&#231;&#227;o de servi&#231;os 09.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/680894/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2025 - Aditivo 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626919/images/original/Contrato_de_prestacao_de_servicos_08.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626920/images/original/Extrato Publica&#231;&#227;o de Contrato 08.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613165/images/original/Termo_de_contrato_07.2025_RAFAEL_DEBONA_LTDA_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613163/images/original/Extrato Publica&#231;&#227;o de Contrato 07.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608244/images/original/Termo_de_contrato_06.2025_GUILHERME_XAVIER_PIVA_EIRELI_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608245/images/original/Extrato Publica&#231;&#227;o de Contrato 06.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605132/images/original/Termo de Contrato n&#186; 05 2025 - Reforma Sala de Reuni&#245;es_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605133/images/original/Extrato Publica&#231;&#227;o de Contrato 05.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590285/images/original/Contrato 1Doc_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590284/images/original/Extrato Publica&#231;&#227;o de Contrato 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600415/images/original/Aditivo n&#186; 01.2025 Termo de Contrato n&#186; 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600414/images/original/Extrato Publica&#231;&#227;o Aditivo 01.2025 Contrato 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534684/images/original/Extrato Publica&#231;&#227;o de Contrato 03.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534685/images/original/Termo_de_Contrato_03.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/523234/images/original/Contrato 02 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/523233/images/original/Extrato Publica&#231;&#227;o de Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555243/images/original/Termo aditivo 01 2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555244/images/original/Extrato Publica&#231;&#227;o Aditivo 01.2025 Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521504/images/original/Contrato_Condesus_Termo de contrato 01 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521502/images/original/Extrato Publica&#231;&#227;o de Contrato 01.2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/677764/images/original/Aditivo_01.2025_Contrato_01.2025_Engenho_de_Ideias_assinado_fornecedor_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/677770/images/original/Extrato Publica&#231;&#227;o Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/633370/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2024 Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483086/images/original/Termo de Contrato 09.2024_Telefonia_M&#243;vel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/633368/images/original/Aditamento 01_Contrato 09.2024_Telefonia_M&#243;vel (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483085/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/449967/images/original/Termo de Doa&#231;&#227;o 04.2024 - Pinhal da Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448518/images/original/Termo de Contrato 08.2024 - Treinamento Licita&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448519/images/original/Extrato Publica&#231;&#227;o de Contrato 08.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448315/images/original/Extrato Publica&#231;&#227;o de Contrato 07.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448316/images/original/Termo de Contrato 07.2024 - Kit de Seguran&#231;a Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447911/images/original/Extrato Publica&#231;&#227;o de Contrato 05.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447912/images/original/Termo de Contrato 05.2024 - Descascador de Pinh&#227;o e Seladora de Pedal Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447823/images/original/Extrato Publica&#231;&#227;o de Contrato 04.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447824/images/original/Termo de Contrato 04.2024 - M&#225;quina de Debulha Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447683/images/original/Extrato Publica&#231;&#227;o de Contrato 06.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447684/images/original/Termo de Contrato 06.2024 - Freezers Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447685/images/original/Termo de Contrato 03.2024_Fonte De Pre&#231;os (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416524/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546364/images/original/Aditamento 01_Contrato 03.2024 - Prom&#225;xima ass.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546365/images/original/Extrato Publica&#231;&#227;o Aditamento de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415662/images/original/Termo de Doa&#231;&#227;o 03.2024 - Pinhal da Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415661/images/original/Termo de Doa&#231;&#227;o 02.2024 - Muitos Cap&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415660/images/original/Termo de Doa&#231;&#227;o 01.2024 - Bom Jesus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/408398/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/408399/images/original/Termo de Contrato 02.2024 - Seguro Ve&#237;culo S&#243;cio Bio_assinado.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391369/images/original/Termo de Contrato 01.2024 - Medicina do Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391368/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490419/images/original/Aditamento_01_Contrato_01.2024_Medicina_do_Trabalho_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490420/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507064/images/original/Aditamento_02_Contrato_01.2024_Medicina_do_Trabalho_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507065/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 02.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699160/images/original/Aditamento 03_Contrato 01.2024 Medicina do Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699162/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386565/images/original/Termo_de_Contrato_11.2023_Moveis_Planejados_CONDESUS_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386566/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/376162/images/original/Termo de Contrato 10.2023_Despolpadeira 'Fortalece Sociobio'.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/376161/images/original/Extrato Publica&#231;&#227;o de Contrato 10.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375074/images/original/Termo de Contrato 09.2023_Triturador 'Fortalece Sociobio'.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375073/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375038/images/original/Termo de Contrato 08.2023_AssessoriaConv&#234;nioMAPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375037/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503903/images/original/Termo aditivo 01.2024 - Prorroga&#231;&#227;o de vig&#234;ncia contratual.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503902/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/672371/images/original/Segundo_termo_aditivo_-_Prorrogacao_de_vigencia_contratual_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/672372/images/original/Extrato Publica&#231;&#227;o de Contrato - Segundo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355628/images/original/Termo de Contrato 07.2023_Placas de Sinaliza&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355634/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355493/images/original/Termo de Contrato 06.2023_ReformaAmplia&#231;&#227;oSede.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355635/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/346590/images/original/Termo de Contrato 05.2023_Assessoria Jur&#237;dica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/346589/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/496044/images/original/Termo Aditivo final (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/496045/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/667754/images/original/Segundo Termo de Aditamento Assessoria Jur&#237;dica Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/667753/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/335716/images/original/Termo de Contrato 04.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/335717/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288897/images/original/Termo-de-Contrato-03.2023_SiteInstitucionalassinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288896/images/original/Extrato-Publica&#231;&#227;o-de-Contrato-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410384/images/original/Aditamento 01.2024_Contrato 03_2023 - Webde_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410383/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555289/images/original/Aditamento 02.2025_Contrato 03_2023 - Webde_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555288/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288899/images/original/Termo-de-Contrato-02.2023_ProjetoArquitet&#244;nico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288898/images/original/Extrato-Publica&#231;&#227;o-de-Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288901/images/original/Termo-de-Contrato-01.2023_MaterialDivulga&#231;&#227;oTur&#237;sticaGest&#227;oM&#237;dias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288900/images/original/Extrato-Publica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519958/images/original/Aditamento 01.2024 Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519959/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519961/images/original/Segundo_Aditamento_Contrato_FourPub_29_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519960/images/original/Extrato Publica&#231;&#227;o de Segundo Aditivo Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663548/images/original/Terceiro_Aditamento_Contrato_FourPub_-_Inclusao_Arte_Folder_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663547/images/original/Extrato Publica&#231;&#227;o de Terceiro Aditivo Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288908/images/original/Contrato_05.2022_DireitoOr&#231;ament&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288907/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288905/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288906/images/original/TermoContrato06.2022_PINs-Jos&#233;-Renato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288903/images/original/TermoContrato07.2022_Siga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288902/images/original/Extrato-Publica&#231;&#227;o-de-Contrato-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/358480/images/original/Aditamento_01.2023_Contrato_07_2022_-_Siga_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/358481/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288910/images/original/contrato-n&#176;04.2022-CONDESUS-Campos-de-Cima-da-Serra-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288909/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (3).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468483/images/original/Aditamento 01_Contrato 04.2022 - Delta_Anexo (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468486/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468484/images/original/Aditamento 02_Contrato 04.2022 - Delta_Anexo_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468485/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608993/images/original/Aditamento 03_Contrato 04.2022 - Delta_Anexo assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608991/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288911/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (4).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288912/images/original/Contrato-03.2022-Objetiva-assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288913/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (5).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288914/images/original/ContratoEmergencial-CONDESUS-Campos-de-Cima-da-Serra-testemunhas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288915/images/original/Termo-Rescis&#227;o-Contratual-Condesus-Cima-da-Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288919/images/original/EXTRATO-DE-PUBLICA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288918/images/original/EXTRATO-DE-PUBLICA&#199;&#195;O-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288916/images/original/Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288917/images/original/Aditivo-01.2023_Contrato-01.2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453193/images/original/Aditamento 01.2024_Contrato 01_2022 - Prioriza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522482/images/original/1.2 Termo de Convenio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522483/images/original/1.2.1 Termo Aditivo n&#186; 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522484/images/original/1.2.2 Termo Aditivo n&#186; 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522494/images/original/Comprovante Recolhimento Saldo Convenio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/526499/images/original/Devolu&#231;&#227;o de valores 7792022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288951/images/original/Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288920/images/original/Contrato-01.2018-Software.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725927/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 01.2026 - Edelvan Carvalho Lisboa (Bens 115, 142, 146 e 154).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725933/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 02.2026 - Eloir Guilherme da Silva (Bens 109 e 116).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725932/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 03.2026 - Encontro de Sabores (Bens 118, 123, 124, 130, 149, 151, 155 e 193).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725950/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 04.2026 - Gabriel Scherner Zanotto (Bens 121, 125, 143, 189 e 194).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725929/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 05.2026 - Ieda Maria Panassol de Souza (Bem 101).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725931/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 06.2026 - Jo&#227;o Ramos de Souza (Bem 104).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725935/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 07.2026 - Jo&#227;o Rodrigues de Almeida (Bens 144 e 150).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725947/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 08.2026 - Neila da Aparecida de Matos Ros&#225;rio (Bens 75, 105, 114, 120, 122, 126, 127, 133, 134, 137, 138, 152, 187 e 190).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725937/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 09.2026 - Nely de F&#225;tima Fernandes Cabral (Bens 74, 103, 106 ,117, 145, 153 e 191).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725949/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 10.2026 - Pablo Rissardi Baldin (Bem 147).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725938/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 18.2026 - Jos&#233; Dari Vieira (Bem 188).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725936/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 12.2026 - Rosana Aparecida Pinto Rodrigues (Bem 113).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725946/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 13.2026 - Salete Fochezatto de Carvalho (Bens 76, 100, 107, 110, 119, 132, 136 e 141).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725934/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 14.2026 - Vanessa Luz da Silva (Bem 102).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725942/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 15.2026 - Elaine Borges Fabro (Bens 111 e 186).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725930/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 16.2026 - Agnaldo Brem Berardino (Bem 192).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725940/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 17.2026 - Edson Silva de Souza (Bem 108).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725928/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 11.2026 - Patricia Luz da Silva (Bem 112).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725943/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 19.2026 - Camila de Quadros Teles (Bem 128).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725944/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 20.2026 - Gilnei Silva da Rosa (Bem 129).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725948/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 21.2026 - Graziele de Oliveira Ferreira (Bem 131).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725939/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 22.2026 - Valdemar Lemes (Bem 140).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725941/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 23.2026 - Roseli Aparecida Batista (Bem 135).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725945/images/original/Termo Cess&#227;o Uso Bem M&#243;vel 24.2026 - Belonir de Campos de Almeirda (Bem 139).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706604/images/original/Contrato 12.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706605/images/original/Extrato Publica&#231;&#227;o de Contrato 12.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706232/images/original/Contrato de presta&#231;&#227;o de servi&#231;os 11.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706233/images/original/Extrato Publica&#231;&#227;o de Contrato 11.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663608/images/original/ASSINADO Termo de contrato 10.2025 - Seladoras Conv&#234;nio MAPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663609/images/original/Extrato Publica&#231;&#227;o de Contrato 10.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662054/images/original/Termo_de_Doacao_01_2025_Muitos_Capoes (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657377/images/original/Contrato_de_prestacao_de_servicos_09_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657376/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/680891/images/original/Aditivo 01.2025 ao contrato de presta&#231;&#227;o de servi&#231;os 09.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/680894/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2025 - Aditivo 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626919/images/original/Contrato_de_prestacao_de_servicos_08.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626920/images/original/Extrato Publica&#231;&#227;o de Contrato 08.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613165/images/original/Termo_de_contrato_07.2025_RAFAEL_DEBONA_LTDA_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613163/images/original/Extrato Publica&#231;&#227;o de Contrato 07.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608244/images/original/Termo_de_contrato_06.2025_GUILHERME_XAVIER_PIVA_EIRELI_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608245/images/original/Extrato Publica&#231;&#227;o de Contrato 06.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605132/images/original/Termo de Contrato n&#186; 05 2025 - Reforma Sala de Reuni&#245;es_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605133/images/original/Extrato Publica&#231;&#227;o de Contrato 05.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590285/images/original/Contrato 1Doc_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590284/images/original/Extrato Publica&#231;&#227;o de Contrato 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600415/images/original/Aditivo n&#186; 01.2025 Termo de Contrato n&#186; 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/600414/images/original/Extrato Publica&#231;&#227;o Aditivo 01.2025 Contrato 04.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534684/images/original/Extrato Publica&#231;&#227;o de Contrato 03.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534685/images/original/Termo_de_Contrato_03.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/523234/images/original/Contrato 02 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/523233/images/original/Extrato Publica&#231;&#227;o de Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555243/images/original/Termo aditivo 01 2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555244/images/original/Extrato Publica&#231;&#227;o Aditivo 01.2025 Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/727177/images/original/Termo aditivo 02 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/727180/images/original/Extrato Publica&#231;&#227;o Segundo Aditivo Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521504/images/original/Contrato_Condesus_Termo de contrato 01 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521502/images/original/Extrato Publica&#231;&#227;o de Contrato 01.2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/677764/images/original/Aditivo_01.2025_Contrato_01.2025_Engenho_de_Ideias_assinado_fornecedor_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/677770/images/original/Extrato Publica&#231;&#227;o Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/633370/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2024 Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483086/images/original/Termo de Contrato 09.2024_Telefonia_M&#243;vel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/633368/images/original/Aditamento 01_Contrato 09.2024_Telefonia_M&#243;vel (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483085/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/449967/images/original/Termo de Doa&#231;&#227;o 04.2024 - Pinhal da Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448518/images/original/Termo de Contrato 08.2024 - Treinamento Licita&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448519/images/original/Extrato Publica&#231;&#227;o de Contrato 08.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448315/images/original/Extrato Publica&#231;&#227;o de Contrato 07.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448316/images/original/Termo de Contrato 07.2024 - Kit de Seguran&#231;a Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447911/images/original/Extrato Publica&#231;&#227;o de Contrato 05.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447912/images/original/Termo de Contrato 05.2024 - Descascador de Pinh&#227;o e Seladora de Pedal Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447823/images/original/Extrato Publica&#231;&#227;o de Contrato 04.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447824/images/original/Termo de Contrato 04.2024 - M&#225;quina de Debulha Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447683/images/original/Extrato Publica&#231;&#227;o de Contrato 06.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447684/images/original/Termo de Contrato 06.2024 - Freezers Conv&#234;nio MAPA 919044.2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447685/images/original/Termo de Contrato 03.2024_Fonte De Pre&#231;os (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416524/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546364/images/original/Aditamento 01_Contrato 03.2024 - Prom&#225;xima ass.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546365/images/original/Extrato Publica&#231;&#227;o Aditamento de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415662/images/original/Termo de Doa&#231;&#227;o 03.2024 - Pinhal da Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415661/images/original/Termo de Doa&#231;&#227;o 02.2024 - Muitos Cap&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415660/images/original/Termo de Doa&#231;&#227;o 01.2024 - Bom Jesus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/408398/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/408399/images/original/Termo de Contrato 02.2024 - Seguro Ve&#237;culo S&#243;cio Bio_assinado.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725953/images/original/Termo de Cess&#227;o de Uso 01.2024 VE&#205;CULO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391369/images/original/Termo de Contrato 01.2024 - Medicina do Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391368/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490419/images/original/Aditamento_01_Contrato_01.2024_Medicina_do_Trabalho_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490420/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507064/images/original/Aditamento_02_Contrato_01.2024_Medicina_do_Trabalho_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/507065/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 02.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699160/images/original/Aditamento 03_Contrato 01.2024 Medicina do Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/699162/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386565/images/original/Termo_de_Contrato_11.2023_Moveis_Planejados_CONDESUS_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386566/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/376162/images/original/Termo de Contrato 10.2023_Despolpadeira 'Fortalece Sociobio'.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/376161/images/original/Extrato Publica&#231;&#227;o de Contrato 10.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375074/images/original/Termo de Contrato 09.2023_Triturador 'Fortalece Sociobio'.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375073/images/original/Extrato Publica&#231;&#227;o de Contrato 09.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375038/images/original/Termo de Contrato 08.2023_AssessoriaConv&#234;nioMAPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/375037/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503903/images/original/Termo aditivo 01.2024 - Prorroga&#231;&#227;o de vig&#234;ncia contratual.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/503902/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/672371/images/original/Segundo_termo_aditivo_-_Prorrogacao_de_vigencia_contratual_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/672372/images/original/Extrato Publica&#231;&#227;o de Contrato - Segundo Aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355628/images/original/Termo de Contrato 07.2023_Placas de Sinaliza&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355634/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355493/images/original/Termo de Contrato 06.2023_ReformaAmplia&#231;&#227;oSede.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/355635/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/346590/images/original/Termo de Contrato 05.2023_Assessoria Jur&#237;dica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/346589/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/496044/images/original/Termo Aditivo final (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/496045/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/667754/images/original/Segundo Termo de Aditamento Assessoria Jur&#237;dica Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/667753/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/335716/images/original/Termo de Contrato 04.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/335717/images/original/Extrato Publica&#231;&#227;o de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288897/images/original/Termo-de-Contrato-03.2023_SiteInstitucionalassinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288896/images/original/Extrato-Publica&#231;&#227;o-de-Contrato-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410384/images/original/Aditamento 01.2024_Contrato 03_2023 - Webde_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410383/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555289/images/original/Aditamento 02.2025_Contrato 03_2023 - Webde_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555288/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 02.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288899/images/original/Termo-de-Contrato-02.2023_ProjetoArquitet&#244;nico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288898/images/original/Extrato-Publica&#231;&#227;o-de-Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288901/images/original/Termo-de-Contrato-01.2023_MaterialDivulga&#231;&#227;oTur&#237;sticaGest&#227;oM&#237;dias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288900/images/original/Extrato-Publica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519958/images/original/Aditamento 01.2024 Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519959/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519961/images/original/Segundo_Aditamento_Contrato_FourPub_29_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519960/images/original/Extrato Publica&#231;&#227;o de Segundo Aditivo Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663548/images/original/Terceiro_Aditamento_Contrato_FourPub_-_Inclusao_Arte_Folder_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663547/images/original/Extrato Publica&#231;&#227;o de Terceiro Aditivo Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/728358/images/original/Quarto_Aditamento_Contrato_FourPub_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/728359/images/original/Extrato Publica&#231;&#227;o de Quarto Aditivo Termo de Contrato 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288908/images/original/Contrato_05.2022_DireitoOr&#231;ament&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288907/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288905/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288906/images/original/TermoContrato06.2022_PINs-Jos&#233;-Renato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288903/images/original/TermoContrato07.2022_Siga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288902/images/original/Extrato-Publica&#231;&#227;o-de-Contrato-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/358480/images/original/Aditamento_01.2023_Contrato_07_2022_-_Siga_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/358481/images/original/Extrato Publica&#231;&#227;o de Aditivo de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288910/images/original/contrato-n&#176;04.2022-CONDESUS-Campos-de-Cima-da-Serra-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288909/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (3).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468483/images/original/Aditamento 01_Contrato 04.2022 - Delta_Anexo (assinado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468486/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468484/images/original/Aditamento 02_Contrato 04.2022 - Delta_Anexo_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/468485/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608993/images/original/Aditamento 03_Contrato 04.2022 - Delta_Anexo assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608991/images/original/Extrato Publica&#231;&#227;o de Contrato - Aditivo 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288911/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (4).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288912/images/original/Contrato-03.2022-Objetiva-assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288913/images/original/Extrato-Publica&#231;&#227;o-de-Contrato (5).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288914/images/original/ContratoEmergencial-CONDESUS-Campos-de-Cima-da-Serra-testemunhas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288915/images/original/Termo-Rescis&#227;o-Contratual-Condesus-Cima-da-Serra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288919/images/original/EXTRATO-DE-PUBLICA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288918/images/original/EXTRATO-DE-PUBLICA&#199;&#195;O-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288916/images/original/Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288917/images/original/Aditivo-01.2023_Contrato-01.2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453193/images/original/Aditamento 01.2024_Contrato 01_2022 - Prioriza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522482/images/original/1.2 Termo de Convenio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522483/images/original/1.2.1 Termo Aditivo n&#186; 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522484/images/original/1.2.2 Termo Aditivo n&#186; 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522494/images/original/Comprovante Recolhimento Saldo Convenio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/526499/images/original/Devolu&#231;&#227;o de valores 7792022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288951/images/original/Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288920/images/original/Contrato-01.2018-Software.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C139"/>
+  <dimension ref="A1:C168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C139" sqref="C139"/>
+      <selection activeCell="C168" sqref="C168"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>7</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="B5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="B6" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="B7" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="B9" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="B10" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="B12" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B13" t="s">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B14" t="s">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="B15" t="s">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="B16" t="s">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="B17" t="s">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="B18" t="s">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="B19" t="s">
-        <v>37</v>
+        <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="B20" t="s">
-        <v>37</v>
+        <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="B21" t="s">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="B22" t="s">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="B23" t="s">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="B24" t="s">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="B25" t="s">
-        <v>47</v>
+        <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="B26" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="B27" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="B28" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="B29" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="B30" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="B31" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="B32" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B33" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B34" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="B35" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="B36" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="B37" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="B38" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="B39" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="B40" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="B41" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="B42" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="B43" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="B44" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>83</v>
+        <v>69</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="B49" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="B50" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="B51" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="B52" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="B53" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="B54" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="B55" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="B56" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="B57" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="B58" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>103</v>
+        <v>87</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>104</v>
+        <v>84</v>
       </c>
       <c r="B59" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>106</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>104</v>
+        <v>84</v>
       </c>
       <c r="B60" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="B61" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="B62" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>107</v>
+        <v>92</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="B63" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="B64" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="B65" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="B66" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="B67" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="B68" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="B69" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="B70" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="B71" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="B72" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="B73" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="B74" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="B75" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>60</v>
+        <v>114</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B76" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B77" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B78" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="B79" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B80" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B81" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B82" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>91</v>
+        <v>127</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B83" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>135</v>
+        <v>118</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B84" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>131</v>
+      </c>
+      <c r="B85" t="s">
+        <v>132</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B86" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B87" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B88" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B89" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
+        <v>134</v>
+      </c>
+      <c r="B90" t="s">
+        <v>135</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="B91" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="B92" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="B93" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>141</v>
       </c>
       <c r="B94" t="s">
         <v>142</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>141</v>
       </c>
       <c r="B95" t="s">
         <v>142</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>147</v>
+        <v>118</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B96" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B97" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
+        <v>148</v>
+      </c>
+      <c r="B98" t="s">
+        <v>145</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B99" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
+        <v>151</v>
+      </c>
+      <c r="B100" t="s">
         <v>152</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" s="1" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
+        <v>151</v>
+      </c>
+      <c r="B101" t="s">
         <v>152</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="1" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
+        <v>151</v>
+      </c>
+      <c r="B102" t="s">
         <v>152</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="1" t="s">
-        <v>156</v>
+        <v>80</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
+        <v>151</v>
+      </c>
+      <c r="B103" t="s">
         <v>152</v>
       </c>
-      <c r="B103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="1" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
+        <v>151</v>
+      </c>
+      <c r="B104" t="s">
         <v>152</v>
       </c>
-      <c r="B104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="1" t="s">
-        <v>157</v>
+        <v>82</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
+        <v>151</v>
+      </c>
+      <c r="B105" t="s">
         <v>152</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B106" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B107" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>162</v>
+        <v>118</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
+        <v>159</v>
+      </c>
+      <c r="B108" t="s">
         <v>160</v>
       </c>
-      <c r="B108" t="s">
+      <c r="C108" s="1" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B109" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>144</v>
+        <v>118</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
+        <v>162</v>
+      </c>
+      <c r="B110" t="s">
         <v>163</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B111" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>165</v>
+        <v>118</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B112" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>144</v>
+        <v>80</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B113" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B114" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>146</v>
+        <v>82</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B115" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>167</v>
       </c>
       <c r="B116" t="s">
         <v>168</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>144</v>
+        <v>169</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>167</v>
       </c>
       <c r="B117" t="s">
         <v>168</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>170</v>
+        <v>118</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B118" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>136</v>
+        <v>172</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B119" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B120" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>137</v>
+        <v>174</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B121" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B122" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B123" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>144</v>
+        <v>177</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B124" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B125" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>144</v>
+        <v>173</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B126" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B127" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>181</v>
       </c>
       <c r="B128" t="s">
         <v>182</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>183</v>
+        <v>80</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B129" t="s">
         <v>182</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B130" t="s">
         <v>182</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>186</v>
+        <v>82</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B131" t="s">
         <v>182</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B132" t="s">
         <v>182</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B133" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
+        <v>181</v>
+      </c>
+      <c r="B134" t="s">
+        <v>182</v>
+      </c>
+      <c r="C134" s="1" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B135" t="s">
+        <v>182</v>
+      </c>
+      <c r="C135" s="1" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B136" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B137" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>194</v>
+        <v>173</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B138" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
+        <v>194</v>
+      </c>
+      <c r="B139" t="s">
+        <v>192</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" t="s">
+        <v>195</v>
+      </c>
+      <c r="B140" t="s">
+        <v>192</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" t="s">
+        <v>195</v>
+      </c>
+      <c r="B141" t="s">
+        <v>192</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" t="s">
+        <v>195</v>
+      </c>
+      <c r="B142" t="s">
+        <v>192</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" t="s">
+        <v>195</v>
+      </c>
+      <c r="B143" t="s">
+        <v>192</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" t="s">
         <v>198</v>
       </c>
-      <c r="B139" t="s">
+      <c r="B144" t="s">
         <v>199</v>
       </c>
-      <c r="C139" s="1" t="s">
+      <c r="C144" s="1" t="s">
         <v>200</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" t="s">
+        <v>198</v>
+      </c>
+      <c r="B145" t="s">
+        <v>199</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" t="s">
+        <v>198</v>
+      </c>
+      <c r="B146" t="s">
+        <v>199</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" t="s">
+        <v>198</v>
+      </c>
+      <c r="B147" t="s">
+        <v>199</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" t="s">
+        <v>198</v>
+      </c>
+      <c r="B148" t="s">
+        <v>199</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" t="s">
+        <v>198</v>
+      </c>
+      <c r="B149" t="s">
+        <v>199</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" t="s">
+        <v>198</v>
+      </c>
+      <c r="B150" t="s">
+        <v>199</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" t="s">
+        <v>198</v>
+      </c>
+      <c r="B151" t="s">
+        <v>199</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" t="s">
+        <v>205</v>
+      </c>
+      <c r="B152" t="s">
+        <v>206</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" t="s">
+        <v>205</v>
+      </c>
+      <c r="B153" t="s">
+        <v>206</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" t="s">
+        <v>208</v>
+      </c>
+      <c r="B154" t="s">
+        <v>209</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" t="s">
+        <v>208</v>
+      </c>
+      <c r="B155" t="s">
+        <v>209</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" t="s">
+        <v>208</v>
+      </c>
+      <c r="B156" t="s">
+        <v>209</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" t="s">
+        <v>212</v>
+      </c>
+      <c r="B157" t="s">
+        <v>213</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" t="s">
+        <v>215</v>
+      </c>
+      <c r="B158" t="s">
+        <v>213</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" t="s">
+        <v>216</v>
+      </c>
+      <c r="B159" t="s">
+        <v>213</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" t="s">
+        <v>216</v>
+      </c>
+      <c r="B160" t="s">
+        <v>213</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" t="s">
+        <v>216</v>
+      </c>
+      <c r="B161" t="s">
+        <v>213</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" t="s">
+        <v>220</v>
+      </c>
+      <c r="B162" t="s">
+        <v>221</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" t="s">
+        <v>220</v>
+      </c>
+      <c r="B163" t="s">
+        <v>221</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" t="s">
+        <v>220</v>
+      </c>
+      <c r="B164" t="s">
+        <v>221</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" t="s">
+        <v>220</v>
+      </c>
+      <c r="B165" t="s">
+        <v>221</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" t="s">
+        <v>220</v>
+      </c>
+      <c r="B166" t="s">
+        <v>221</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" t="s">
+        <v>226</v>
+      </c>
+      <c r="B167" t="s">
+        <v>227</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" t="s">
+        <v>229</v>
+      </c>
+      <c r="B168" t="s">
+        <v>230</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>231</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -2649,50 +3061,79 @@
     <hyperlink ref="C115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="C116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="C117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="C118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="C119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="C120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="C121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="C122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="C123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="C124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="C125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="C126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="C127" r:id="rId_hyperlink_126"/>
     <hyperlink ref="C128" r:id="rId_hyperlink_127"/>
     <hyperlink ref="C129" r:id="rId_hyperlink_128"/>
     <hyperlink ref="C130" r:id="rId_hyperlink_129"/>
     <hyperlink ref="C131" r:id="rId_hyperlink_130"/>
     <hyperlink ref="C132" r:id="rId_hyperlink_131"/>
     <hyperlink ref="C133" r:id="rId_hyperlink_132"/>
     <hyperlink ref="C134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="C135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="C136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="C137" r:id="rId_hyperlink_136"/>
     <hyperlink ref="C138" r:id="rId_hyperlink_137"/>
     <hyperlink ref="C139" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="C140" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="C141" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="C142" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="C143" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="C144" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="C145" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="C146" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="C147" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="C148" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="C149" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="C150" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="C151" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="C152" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="C153" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="C154" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="C155" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="C156" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="C157" r:id="rId_hyperlink_156"/>
+    <hyperlink ref="C158" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="C159" r:id="rId_hyperlink_158"/>
+    <hyperlink ref="C160" r:id="rId_hyperlink_159"/>
+    <hyperlink ref="C161" r:id="rId_hyperlink_160"/>
+    <hyperlink ref="C162" r:id="rId_hyperlink_161"/>
+    <hyperlink ref="C163" r:id="rId_hyperlink_162"/>
+    <hyperlink ref="C164" r:id="rId_hyperlink_163"/>
+    <hyperlink ref="C165" r:id="rId_hyperlink_164"/>
+    <hyperlink ref="C166" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="C167" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="C168" r:id="rId_hyperlink_167"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>