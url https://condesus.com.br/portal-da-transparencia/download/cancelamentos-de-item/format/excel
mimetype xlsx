--- v0 (2025-11-18)
+++ v1 (2025-12-13)
@@ -12,77 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>CANCELAMENTO DE ITEM Nº 43/2025</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 199.2025 (Cancelamento de Item - Evok).pdf</t>
+  </si>
+  <si>
     <t>CANCELAMENTO DE ITEM Nº 42/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 194.2025 (Cancelamento de Item - Dimaster).pdf</t>
   </si>
   <si>
+    <t>Oficio D.E. 200.2025 (Cancelamento de Item - Dimaster).pdf</t>
+  </si>
+  <si>
     <t>CANCELAMENTO DE ITEM Nº 41/2025</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 177.2025 (Cancelamento de Item - Drogarias Farmacesa).pdf</t>
+  </si>
+  <si>
+    <t>CANCELAMENTO DE ITEM Nº 40/2025</t>
+  </si>
+  <si>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 204.2025 (Cancelamento de Item - K. Lumertz).pdf</t>
   </si>
   <si>
     <t>CANCELAMENTO DE ITEM Nº 39/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 175.2025 (Cancelamento de Item - Werbran).pdf</t>
   </si>
   <si>
     <t>CANCELAMENTO DE ITEM Nº 38/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 189.2025 (Cancelamento de Item - LA Dalla Porta).pdf</t>
   </si>
   <si>
     <t>CANCELAMENTO DE ITEM Nº 37/2025</t>
   </si>
   <si>
     <t>25/09/2025</t>
   </si>
@@ -1180,1131 +1201,1164 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679455/images/original/Oficio D.E. 194.2025 (Cancelamento de Item - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/671628/images/original/Oficio D.E. 177.2025 (Cancelamento de Item - Drogarias Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/670746/images/original/Oficio D.E. 175.2025 (Cancelamento de Item - Werbran).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678000/images/original/Oficio D.E. 189.2025 (Cancelamento de Item - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/659593/images/original/Oficio D.E. 166.2025 (Cancelamento de Item - SSC).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656776/images/original/Oficio D.E. 165.2025 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662128/images/original/Oficio D.E. 170.2025 (Cancelamento de Item - Goldenplus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657541/images/original/Oficio D.E. 161.2025 (Cancelamento de Item - Eletro Centro).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629603/images/original/Oficio D.E. 151.2025 (Cancelamento de Item - Cir&#250;rgica Cavalhada).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629604/images/original/Oficio D.E. 152.2025 (Cancelamento de Item - Soma).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626355/images/original/Oficio D.E. 147.2025 (Cancelamento de Item - Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/627744/images/original/Oficio D.E. 149.2025 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629216/images/original/Oficio D.E. 150.2025 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608170/images/original/Oficio D.E. 127.2025 (Cancelamento de Item - C Gazola Barro LTDA).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/607143/images/original/Of&#237;cio D.E. 125.2025 (Cancelamento de item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605542/images/original/Of&#237;cio D.E. 123.2025 (Cancelamento de item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613024/images/original/Oficio D.E. 131.2025 (Cancelamento de Item - Top Norte).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/586592/images/original/Oficio D.E. 112.2025 (Cancelamento de Item - Rossi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583119/images/original/Oficio D.E. 107.2025 (Cancelamento de Item - Pontamed Farmac&#234;utica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/560946/images/original/Oficio D.E. 101.2025 (Cancelamento de Item - CIAMED).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/560857/images/original/Oficio D.E. 100.2025 (Cancelamento de Item - ARPL Distribuidora).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581569/images/original/Oficio D.E. 105.2025 (Cancelamento de Item - Odontomedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557870/images/original/Oficio D.E. 095.2025 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555710/images/original/Oficio D.E. 090.2025 (Cancelamento de Item - Metta Farmac&#234;utica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551238/images/original/Oficio D.E. 082.2025 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548405/images/original/Oficio D.E. 076.2025 (Cancelamento de Item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546173/images/original/Oficio D.E. 073.2025 (Cancelamento de Item - Hidroluna).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545073/images/original/Oficio D.E. 070.2025 (Cancelamento de Item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546477/images/original/Oficio D.E. 074.2025 (Cancelamento de Item - Odontomedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545286/images/original/Oficio D.E. 071.2025 (Cancelamento de Item - Tech-sul).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545041/images/original/Oficio D.E. 069.2025 (Cancelamento de Item - Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528529/images/original/Oficio D.E. 058.2025 (Cancelamento de Item - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524237/images/original/Oficio D.E. 043.2025 (Cancelamento de Item - Schwab).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524850/images/original/Oficio D.E. 046.2025 (Cancelamento de Item - By Market).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520155/images/original/Oficio D.E. 034.2025 (Cancelamento de Item - SLG).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519363/images/original/Oficio D.E. 032.2025 (Cancelamento de Item - Lemed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517720/images/original/Oficio D.E. 024.2025 (Cancelamento de Item - Top Norte).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517267/images/original/Oficio D.E. 020.2025 (Cancelamento de Item - FR).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517266/images/original/Oficio D.E. 019.2025 (Cancelamento de Item - TB).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515736/images/original/Oficio D.E. 006.2025 (Cancelamento de Item - Gelcia).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515734/images/original/Oficio D.E. 007.2025 (Cancelamento de Item - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515735/images/original/Oficio D.E. 008.2025 (Cancelamento de Item - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518426/images/original/Oficio D.E. 027.2025 (Cancelamento de Item - VMB).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499370/images/original/Of&#237;cio D.E. 156.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495692/images/original/Of&#237;cio D.E. 151.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486848/images/original/Of&#237;cio D.E. 137.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483400/images/original/Of&#237;cio D.E. 131.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/479940/images/original/Oficio D.E. 129.2024 (Cancelamento de Item - Centermedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/471060/images/original/Oficio D.E. 120.2024 (Cancelamento de Item - Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469758/images/original/Oficio D.E. 117.2024 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465956/images/original/Of&#237;cio D.E. 108.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469428/images/original/Oficio D.E. 122.2023 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450609/images/original/Of&#237;cio D.E. 085.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450414/images/original/Of&#237;cio D.E. 084.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448259/images/original/Of&#237;cio D.E. 079.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446308/images/original/Of&#237;cio D.E. 069.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447544/images/original/Of&#237;cio D.E. 074.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417915/images/original/Of&#237;cio D.E. 067.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417916/images/original/Of&#237;cio D.E. 066.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/413722/images/original/Of&#237;cio D.E. 049.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411443/images/original/Of&#237;cio D.E. 042.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417879/images/original/Of&#237;cio D.E. 064.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410189/images/original/Of&#237;cio D.E. 038.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410187/images/original/Of&#237;cio D.E. 037.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/398687/images/original/Of&#237;cio D.E. 014.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/396953/images/original/Of&#237;cio D.E. 011.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/398442/images/original/Of&#237;cio D.E. 013.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/399294/images/original/Of&#237;cio D.E. 016.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386791/images/original/Oficio D.E. 122.2023 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373706/images/original/Of&#237;cio D.E. 112.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/402240/images/original/Of&#237;cio D.E. 020.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373704/images/original/Of&#237;cio D.E. 113.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373703/images/original/Of&#237;cio D.E. 111.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368382/images/original/Of&#237;cio D.E. 103.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368371/images/original/Of&#237;cio D.E. 101.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368368/images/original/Of&#237;cio D.E. 100.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368367/images/original/Oficio D.E. 089.2023 (Cancelamento de Item - Cirurgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368365/images/original/Of&#237;cio D.E. 092.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368364/images/original/Of&#237;cio D.E. 082.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368363/images/original/Oficio D.E. 072.2023 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368362/images/original/Oficio D.E. 071.2023 (Cancelamento de Item - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368361/images/original/Of&#237;cio D.E. 065.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368360/images/original/Of&#237;cio D.E. 062.2023 (Cancelamento de item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368359/images/original/Oficio D.E. 050.2023 (Cancelamento de Item - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368358/images/original/Oficio D.E. 051.2023 (Cancelamento de Item - Livraria do Estudante).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368357/images/original/Of&#237;cio D.E. 048.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368356/images/original/Of&#237;cio D.E. 049.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368343/images/original/Oficio D.E. 044.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368334/images/original/Oficio D.E. 029.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368342/images/original/Oficio D.E. 027.2023 (Cancelamento de Item - Agnus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368341/images/original/Oficio D.E. 030.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368338/images/original/Oficio D.E. 026.2023 (Cancelamento de Item - Conquista).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368335/images/original/Oficio D.E. 023.2023 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368333/images/original/Of&#237;cio D.E. 011.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368332/images/original/Of&#237;cio D.E. 009.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368331/images/original/Of&#237;cio D.E. 003.2023 (Digitalizado).pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/683715/images/original/Oficio D.E. 199.2025 (Cancelamento de Item - Evok).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679455/images/original/Oficio D.E. 194.2025 (Cancelamento de Item - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687510/images/original/Oficio D.E. 200.2025 (Cancelamento de Item - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/671628/images/original/Oficio D.E. 177.2025 (Cancelamento de Item - Drogarias Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/698242/images/original/Oficio D.E. 204.2025 (Cancelamento de Item - K. Lumertz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/670746/images/original/Oficio D.E. 175.2025 (Cancelamento de Item - Werbran).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678000/images/original/Oficio D.E. 189.2025 (Cancelamento de Item - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/659593/images/original/Oficio D.E. 166.2025 (Cancelamento de Item - SSC).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656776/images/original/Oficio D.E. 165.2025 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662128/images/original/Oficio D.E. 170.2025 (Cancelamento de Item - Goldenplus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657541/images/original/Oficio D.E. 161.2025 (Cancelamento de Item - Eletro Centro).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629603/images/original/Oficio D.E. 151.2025 (Cancelamento de Item - Cir&#250;rgica Cavalhada).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629604/images/original/Oficio D.E. 152.2025 (Cancelamento de Item - Soma).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626355/images/original/Oficio D.E. 147.2025 (Cancelamento de Item - Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/627744/images/original/Oficio D.E. 149.2025 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629216/images/original/Oficio D.E. 150.2025 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608170/images/original/Oficio D.E. 127.2025 (Cancelamento de Item - C Gazola Barro LTDA).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/607143/images/original/Of&#237;cio D.E. 125.2025 (Cancelamento de item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605542/images/original/Of&#237;cio D.E. 123.2025 (Cancelamento de item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613024/images/original/Oficio D.E. 131.2025 (Cancelamento de Item - Top Norte).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/586592/images/original/Oficio D.E. 112.2025 (Cancelamento de Item - Rossi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583119/images/original/Oficio D.E. 107.2025 (Cancelamento de Item - Pontamed Farmac&#234;utica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/560946/images/original/Oficio D.E. 101.2025 (Cancelamento de Item - CIAMED).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/560857/images/original/Oficio D.E. 100.2025 (Cancelamento de Item - ARPL Distribuidora).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581569/images/original/Oficio D.E. 105.2025 (Cancelamento de Item - Odontomedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557870/images/original/Oficio D.E. 095.2025 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555710/images/original/Oficio D.E. 090.2025 (Cancelamento de Item - Metta Farmac&#234;utica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551238/images/original/Oficio D.E. 082.2025 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548405/images/original/Oficio D.E. 076.2025 (Cancelamento de Item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546173/images/original/Oficio D.E. 073.2025 (Cancelamento de Item - Hidroluna).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545073/images/original/Oficio D.E. 070.2025 (Cancelamento de Item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546477/images/original/Oficio D.E. 074.2025 (Cancelamento de Item - Odontomedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545286/images/original/Oficio D.E. 071.2025 (Cancelamento de Item - Tech-sul).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545041/images/original/Oficio D.E. 069.2025 (Cancelamento de Item - Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528529/images/original/Oficio D.E. 058.2025 (Cancelamento de Item - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524237/images/original/Oficio D.E. 043.2025 (Cancelamento de Item - Schwab).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524850/images/original/Oficio D.E. 046.2025 (Cancelamento de Item - By Market).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520155/images/original/Oficio D.E. 034.2025 (Cancelamento de Item - SLG).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519363/images/original/Oficio D.E. 032.2025 (Cancelamento de Item - Lemed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517720/images/original/Oficio D.E. 024.2025 (Cancelamento de Item - Top Norte).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517267/images/original/Oficio D.E. 020.2025 (Cancelamento de Item - FR).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517266/images/original/Oficio D.E. 019.2025 (Cancelamento de Item - TB).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515736/images/original/Oficio D.E. 006.2025 (Cancelamento de Item - Gelcia).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515734/images/original/Oficio D.E. 007.2025 (Cancelamento de Item - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515735/images/original/Oficio D.E. 008.2025 (Cancelamento de Item - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518426/images/original/Oficio D.E. 027.2025 (Cancelamento de Item - VMB).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499370/images/original/Of&#237;cio D.E. 156.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495692/images/original/Of&#237;cio D.E. 151.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486848/images/original/Of&#237;cio D.E. 137.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483400/images/original/Of&#237;cio D.E. 131.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/479940/images/original/Oficio D.E. 129.2024 (Cancelamento de Item - Centermedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/471060/images/original/Oficio D.E. 120.2024 (Cancelamento de Item - Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469758/images/original/Oficio D.E. 117.2024 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465956/images/original/Of&#237;cio D.E. 108.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469428/images/original/Oficio D.E. 122.2023 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450609/images/original/Of&#237;cio D.E. 085.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450414/images/original/Of&#237;cio D.E. 084.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448259/images/original/Of&#237;cio D.E. 079.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446308/images/original/Of&#237;cio D.E. 069.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447544/images/original/Of&#237;cio D.E. 074.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417915/images/original/Of&#237;cio D.E. 067.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417916/images/original/Of&#237;cio D.E. 066.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/413722/images/original/Of&#237;cio D.E. 049.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411443/images/original/Of&#237;cio D.E. 042.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417879/images/original/Of&#237;cio D.E. 064.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410189/images/original/Of&#237;cio D.E. 038.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410187/images/original/Of&#237;cio D.E. 037.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/398687/images/original/Of&#237;cio D.E. 014.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/396953/images/original/Of&#237;cio D.E. 011.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/398442/images/original/Of&#237;cio D.E. 013.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/399294/images/original/Of&#237;cio D.E. 016.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386791/images/original/Oficio D.E. 122.2023 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373706/images/original/Of&#237;cio D.E. 112.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/402240/images/original/Of&#237;cio D.E. 020.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373704/images/original/Of&#237;cio D.E. 113.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373703/images/original/Of&#237;cio D.E. 111.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368382/images/original/Of&#237;cio D.E. 103.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368371/images/original/Of&#237;cio D.E. 101.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368368/images/original/Of&#237;cio D.E. 100.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368367/images/original/Oficio D.E. 089.2023 (Cancelamento de Item - Cirurgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368365/images/original/Of&#237;cio D.E. 092.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368364/images/original/Of&#237;cio D.E. 082.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368363/images/original/Oficio D.E. 072.2023 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368362/images/original/Oficio D.E. 071.2023 (Cancelamento de Item - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368361/images/original/Of&#237;cio D.E. 065.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368360/images/original/Of&#237;cio D.E. 062.2023 (Cancelamento de item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368359/images/original/Oficio D.E. 050.2023 (Cancelamento de Item - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368358/images/original/Oficio D.E. 051.2023 (Cancelamento de Item - Livraria do Estudante).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368357/images/original/Of&#237;cio D.E. 048.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368356/images/original/Of&#237;cio D.E. 049.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368343/images/original/Oficio D.E. 044.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368334/images/original/Oficio D.E. 029.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368342/images/original/Oficio D.E. 027.2023 (Cancelamento de Item - Agnus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368341/images/original/Oficio D.E. 030.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368338/images/original/Oficio D.E. 026.2023 (Cancelamento de Item - Conquista).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368335/images/original/Oficio D.E. 023.2023 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368333/images/original/Of&#237;cio D.E. 011.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368332/images/original/Of&#237;cio D.E. 009.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368331/images/original/Of&#237;cio D.E. 003.2023 (Digitalizado).pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C97"/>
+  <dimension ref="A1:C100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C97" sqref="C97"/>
+      <selection activeCell="C100" sqref="C100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" t="s">
         <v>26</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" t="s">
         <v>29</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" t="s">
         <v>34</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" s="1" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" t="s">
         <v>37</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>44</v>
+      </c>
+      <c r="B17" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" t="s">
         <v>48</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" s="1" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" t="s">
         <v>51</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
+        <v>53</v>
+      </c>
+      <c r="B20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B21" t="s">
+        <v>56</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22" t="s">
+        <v>59</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" t="s">
+        <v>62</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" t="s">
+        <v>65</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
+        <v>67</v>
+      </c>
+      <c r="B25" t="s">
         <v>68</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" s="1" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" t="s">
         <v>71</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" s="1" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B27" t="s">
+        <v>71</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28" t="s">
+        <v>76</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>78</v>
+      </c>
+      <c r="B29" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>81</v>
       </c>
       <c r="B30" t="s">
         <v>82</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>84</v>
       </c>
       <c r="B31" t="s">
+        <v>82</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>86</v>
+      </c>
+      <c r="B32" t="s">
+        <v>82</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>88</v>
+      </c>
+      <c r="B33" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>91</v>
+      </c>
+      <c r="B34" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>94</v>
+      </c>
+      <c r="B35" t="s">
+        <v>95</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>97</v>
+      </c>
+      <c r="B36" t="s">
+        <v>98</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>100</v>
+      </c>
+      <c r="B37" t="s">
+        <v>101</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>103</v>
+      </c>
+      <c r="B38" t="s">
+        <v>104</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>106</v>
+      </c>
+      <c r="B39" t="s">
+        <v>107</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>109</v>
+      </c>
+      <c r="B40" t="s">
+        <v>110</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>112</v>
+      </c>
+      <c r="B41" t="s">
+        <v>113</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>115</v>
+      </c>
+      <c r="B42" t="s">
+        <v>116</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B44" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B45" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>124</v>
+      </c>
+      <c r="B46" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>124</v>
+      </c>
+      <c r="B47" t="s">
+        <v>125</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>129</v>
+      </c>
+      <c r="B48" t="s">
+        <v>130</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>132</v>
+      </c>
+      <c r="B49" t="s">
+        <v>133</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>135</v>
+      </c>
+      <c r="B50" t="s">
+        <v>136</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
+        <v>138</v>
+      </c>
+      <c r="B51" t="s">
+        <v>139</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>141</v>
+      </c>
+      <c r="B52" t="s">
+        <v>142</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>144</v>
+      </c>
+      <c r="B53" t="s">
+        <v>145</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>147</v>
+      </c>
+      <c r="B54" t="s">
+        <v>148</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
+        <v>150</v>
+      </c>
+      <c r="B55" t="s">
+        <v>151</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
+        <v>153</v>
+      </c>
+      <c r="B56" t="s">
+        <v>154</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>156</v>
+      </c>
+      <c r="B57" t="s">
+        <v>157</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>159</v>
+      </c>
+      <c r="B58" t="s">
+        <v>160</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>162</v>
+      </c>
+      <c r="B59" t="s">
+        <v>163</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
+        <v>165</v>
+      </c>
+      <c r="B60" t="s">
+        <v>166</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
+        <v>168</v>
+      </c>
+      <c r="B61" t="s">
+        <v>169</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
+        <v>171</v>
+      </c>
+      <c r="B62" t="s">
+        <v>172</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
+        <v>174</v>
+      </c>
+      <c r="B63" t="s">
+        <v>175</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
+        <v>177</v>
+      </c>
+      <c r="B64" t="s">
+        <v>178</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
+        <v>180</v>
+      </c>
+      <c r="B65" t="s">
+        <v>181</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>183</v>
+      </c>
+      <c r="B66" t="s">
+        <v>184</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
+        <v>186</v>
+      </c>
+      <c r="B67" t="s">
+        <v>187</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
+        <v>189</v>
+      </c>
+      <c r="B68" t="s">
+        <v>190</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
+        <v>192</v>
+      </c>
+      <c r="B69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>195</v>
+      </c>
+      <c r="B70" t="s">
+        <v>196</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
+        <v>198</v>
+      </c>
+      <c r="B71" t="s">
         <v>199</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" s="1" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B72" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B73" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>204</v>
+        <v>155</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B74" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B75" t="s">
+        <v>207</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
+        <v>210</v>
+      </c>
+      <c r="B76" t="s">
+        <v>207</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
+        <v>212</v>
+      </c>
+      <c r="B77" t="s">
+        <v>213</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
+        <v>215</v>
+      </c>
+      <c r="B78" t="s">
+        <v>216</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
+        <v>218</v>
+      </c>
+      <c r="B79" t="s">
         <v>219</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" s="1" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
+        <v>221</v>
+      </c>
+      <c r="B80" t="s">
         <v>222</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" s="1" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
+        <v>224</v>
+      </c>
+      <c r="B81" t="s">
+        <v>222</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
+        <v>226</v>
+      </c>
+      <c r="B82" t="s">
+        <v>227</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
+        <v>229</v>
+      </c>
+      <c r="B83" t="s">
+        <v>230</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
+        <v>232</v>
+      </c>
+      <c r="B84" t="s">
+        <v>233</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>235</v>
+      </c>
+      <c r="B85" t="s">
+        <v>236</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
+        <v>238</v>
+      </c>
+      <c r="B86" t="s">
+        <v>239</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
+        <v>241</v>
+      </c>
+      <c r="B87" t="s">
         <v>242</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" s="1" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
+        <v>244</v>
+      </c>
+      <c r="B88" t="s">
         <v>245</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" s="1" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
+        <v>247</v>
+      </c>
+      <c r="B89" t="s">
+        <v>245</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
+        <v>249</v>
+      </c>
+      <c r="B90" t="s">
+        <v>250</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
+        <v>252</v>
+      </c>
+      <c r="B91" t="s">
+        <v>253</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
+        <v>255</v>
+      </c>
+      <c r="B92" t="s">
+        <v>256</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
+        <v>258</v>
+      </c>
+      <c r="B93" t="s">
         <v>259</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93" s="1" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
+        <v>261</v>
+      </c>
+      <c r="B94" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>264</v>
       </c>
       <c r="B95" t="s">
+        <v>262</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
+        <v>266</v>
+      </c>
+      <c r="B96" t="s">
         <v>267</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" s="1" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
+        <v>269</v>
+      </c>
+      <c r="B97" t="s">
+        <v>267</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B97" t="s">
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" t="s">
         <v>271</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="B98" t="s">
         <v>272</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" t="s">
+        <v>274</v>
+      </c>
+      <c r="B99" t="s">
+        <v>275</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" t="s">
+        <v>277</v>
+      </c>
+      <c r="B100" t="s">
+        <v>278</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>279</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -2361,50 +2415,53 @@
     <hyperlink ref="C73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="C74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>