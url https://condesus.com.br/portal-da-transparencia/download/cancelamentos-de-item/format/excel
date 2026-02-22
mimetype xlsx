--- v1 (2025-12-13)
+++ v2 (2026-02-22)
@@ -12,61 +12,130 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>CANCELAMENTO DE ITEM Nº 08/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 019.2026 (Cancelamento de Item unilateralmente - Eletro Centro).pdf</t>
+  </si>
+  <si>
+    <t>CANCELAMENTO DE ITEM Nº 06/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 018.2026 (Cancelamento de Item - Transmaquinas).pdf</t>
+  </si>
+  <si>
+    <t>CANCELAMENTO DE ITEM Nº 07/2026</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 016.2026 (Cancelamento de Item - Nexxa).pdf</t>
+  </si>
+  <si>
+    <t>CANCELAMENTO DE ITEM Nº 03/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 009.2026 (Cancelamento de Item - KMV Distribuidora).pdf</t>
+  </si>
+  <si>
+    <t>CANCELAMENTO DE ITEM Nº 02/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 010.2026 (Cancelamento de Item unilateralmente - Lemed).pdf</t>
+  </si>
+  <si>
+    <t>CANCELAMENTO DE ITEM Nº 01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 003.2026 (Cancelamento de Item - Distribuidora Lemes e Cesa).pdf</t>
+  </si>
+  <si>
+    <t>CANCELAMENTO DE ITEM Nº 46/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 011.2026 (Cancelamento de Item - Porto).pdf</t>
+  </si>
+  <si>
+    <t>CANCELAMENTO DE ITEM Nº 44/2025</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>Oficio D.E. 008.2026 (Cancelamento de Item - Pontamed).pdf</t>
+  </si>
+  <si>
     <t>CANCELAMENTO DE ITEM Nº 43/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 199.2025 (Cancelamento de Item - Evok).pdf</t>
   </si>
   <si>
     <t>CANCELAMENTO DE ITEM Nº 42/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>Oficio D.E. 194.2025 (Cancelamento de Item - Dimaster).pdf</t>
   </si>
   <si>
     <t>Oficio D.E. 200.2025 (Cancelamento de Item - Dimaster).pdf</t>
   </si>
   <si>
     <t>CANCELAMENTO DE ITEM Nº 41/2025</t>
   </si>
   <si>
     <t>24/10/2025</t>
@@ -819,83 +888,50 @@
     <t>Oficio D.E. 029.2023 (Digitalizado).pdf</t>
   </si>
   <si>
     <t>CANCELAMENTO DE ITEM N° 08/2023</t>
   </si>
   <si>
     <t>08/03/2023</t>
   </si>
   <si>
     <t>Oficio D.E. 027.2023 (Cancelamento de Item - Agnus).pdf</t>
   </si>
   <si>
     <t>CANCELAMENTO DE ITEM N° 07/2023</t>
   </si>
   <si>
     <t>Oficio D.E. 030.2023 (Digitalizado).pdf</t>
   </si>
   <si>
     <t>CANCELAMENTO DE ITEM N° 06/2023</t>
   </si>
   <si>
     <t>02/03/2023</t>
   </si>
   <si>
     <t>Oficio D.E. 026.2023 (Cancelamento de Item - Conquista).pdf</t>
-  </si>
-[...31 lines deleted...]
-    <t>Ofício D.E. 003.2023 (Digitalizado).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1201,985 +1237,985 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/683715/images/original/Oficio D.E. 199.2025 (Cancelamento de Item - Evok).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679455/images/original/Oficio D.E. 194.2025 (Cancelamento de Item - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687510/images/original/Oficio D.E. 200.2025 (Cancelamento de Item - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/671628/images/original/Oficio D.E. 177.2025 (Cancelamento de Item - Drogarias Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/698242/images/original/Oficio D.E. 204.2025 (Cancelamento de Item - K. Lumertz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/670746/images/original/Oficio D.E. 175.2025 (Cancelamento de Item - Werbran).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678000/images/original/Oficio D.E. 189.2025 (Cancelamento de Item - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/659593/images/original/Oficio D.E. 166.2025 (Cancelamento de Item - SSC).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656776/images/original/Oficio D.E. 165.2025 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662128/images/original/Oficio D.E. 170.2025 (Cancelamento de Item - Goldenplus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657541/images/original/Oficio D.E. 161.2025 (Cancelamento de Item - Eletro Centro).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629603/images/original/Oficio D.E. 151.2025 (Cancelamento de Item - Cir&#250;rgica Cavalhada).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629604/images/original/Oficio D.E. 152.2025 (Cancelamento de Item - Soma).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626355/images/original/Oficio D.E. 147.2025 (Cancelamento de Item - Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/627744/images/original/Oficio D.E. 149.2025 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629216/images/original/Oficio D.E. 150.2025 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608170/images/original/Oficio D.E. 127.2025 (Cancelamento de Item - C Gazola Barro LTDA).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/607143/images/original/Of&#237;cio D.E. 125.2025 (Cancelamento de item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605542/images/original/Of&#237;cio D.E. 123.2025 (Cancelamento de item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613024/images/original/Oficio D.E. 131.2025 (Cancelamento de Item - Top Norte).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/586592/images/original/Oficio D.E. 112.2025 (Cancelamento de Item - Rossi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583119/images/original/Oficio D.E. 107.2025 (Cancelamento de Item - Pontamed Farmac&#234;utica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/560946/images/original/Oficio D.E. 101.2025 (Cancelamento de Item - CIAMED).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/560857/images/original/Oficio D.E. 100.2025 (Cancelamento de Item - ARPL Distribuidora).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581569/images/original/Oficio D.E. 105.2025 (Cancelamento de Item - Odontomedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557870/images/original/Oficio D.E. 095.2025 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555710/images/original/Oficio D.E. 090.2025 (Cancelamento de Item - Metta Farmac&#234;utica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551238/images/original/Oficio D.E. 082.2025 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548405/images/original/Oficio D.E. 076.2025 (Cancelamento de Item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546173/images/original/Oficio D.E. 073.2025 (Cancelamento de Item - Hidroluna).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545073/images/original/Oficio D.E. 070.2025 (Cancelamento de Item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546477/images/original/Oficio D.E. 074.2025 (Cancelamento de Item - Odontomedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545286/images/original/Oficio D.E. 071.2025 (Cancelamento de Item - Tech-sul).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545041/images/original/Oficio D.E. 069.2025 (Cancelamento de Item - Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528529/images/original/Oficio D.E. 058.2025 (Cancelamento de Item - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524237/images/original/Oficio D.E. 043.2025 (Cancelamento de Item - Schwab).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524850/images/original/Oficio D.E. 046.2025 (Cancelamento de Item - By Market).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520155/images/original/Oficio D.E. 034.2025 (Cancelamento de Item - SLG).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519363/images/original/Oficio D.E. 032.2025 (Cancelamento de Item - Lemed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517720/images/original/Oficio D.E. 024.2025 (Cancelamento de Item - Top Norte).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517267/images/original/Oficio D.E. 020.2025 (Cancelamento de Item - FR).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517266/images/original/Oficio D.E. 019.2025 (Cancelamento de Item - TB).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515736/images/original/Oficio D.E. 006.2025 (Cancelamento de Item - Gelcia).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515734/images/original/Oficio D.E. 007.2025 (Cancelamento de Item - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515735/images/original/Oficio D.E. 008.2025 (Cancelamento de Item - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518426/images/original/Oficio D.E. 027.2025 (Cancelamento de Item - VMB).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499370/images/original/Of&#237;cio D.E. 156.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495692/images/original/Of&#237;cio D.E. 151.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486848/images/original/Of&#237;cio D.E. 137.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483400/images/original/Of&#237;cio D.E. 131.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/479940/images/original/Oficio D.E. 129.2024 (Cancelamento de Item - Centermedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/471060/images/original/Oficio D.E. 120.2024 (Cancelamento de Item - Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469758/images/original/Oficio D.E. 117.2024 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465956/images/original/Of&#237;cio D.E. 108.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469428/images/original/Oficio D.E. 122.2023 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450609/images/original/Of&#237;cio D.E. 085.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450414/images/original/Of&#237;cio D.E. 084.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448259/images/original/Of&#237;cio D.E. 079.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446308/images/original/Of&#237;cio D.E. 069.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447544/images/original/Of&#237;cio D.E. 074.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417915/images/original/Of&#237;cio D.E. 067.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417916/images/original/Of&#237;cio D.E. 066.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/413722/images/original/Of&#237;cio D.E. 049.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411443/images/original/Of&#237;cio D.E. 042.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417879/images/original/Of&#237;cio D.E. 064.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410189/images/original/Of&#237;cio D.E. 038.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410187/images/original/Of&#237;cio D.E. 037.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/398687/images/original/Of&#237;cio D.E. 014.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/396953/images/original/Of&#237;cio D.E. 011.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/398442/images/original/Of&#237;cio D.E. 013.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/399294/images/original/Of&#237;cio D.E. 016.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386791/images/original/Oficio D.E. 122.2023 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373706/images/original/Of&#237;cio D.E. 112.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/402240/images/original/Of&#237;cio D.E. 020.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373704/images/original/Of&#237;cio D.E. 113.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373703/images/original/Of&#237;cio D.E. 111.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368382/images/original/Of&#237;cio D.E. 103.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368371/images/original/Of&#237;cio D.E. 101.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368368/images/original/Of&#237;cio D.E. 100.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368367/images/original/Oficio D.E. 089.2023 (Cancelamento de Item - Cirurgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368365/images/original/Of&#237;cio D.E. 092.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368364/images/original/Of&#237;cio D.E. 082.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368363/images/original/Oficio D.E. 072.2023 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368362/images/original/Oficio D.E. 071.2023 (Cancelamento de Item - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368361/images/original/Of&#237;cio D.E. 065.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368360/images/original/Of&#237;cio D.E. 062.2023 (Cancelamento de item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368359/images/original/Oficio D.E. 050.2023 (Cancelamento de Item - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368358/images/original/Oficio D.E. 051.2023 (Cancelamento de Item - Livraria do Estudante).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368357/images/original/Of&#237;cio D.E. 048.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368356/images/original/Of&#237;cio D.E. 049.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368343/images/original/Oficio D.E. 044.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368334/images/original/Oficio D.E. 029.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368342/images/original/Oficio D.E. 027.2023 (Cancelamento de Item - Agnus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368341/images/original/Oficio D.E. 030.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368338/images/original/Oficio D.E. 026.2023 (Cancelamento de Item - Conquista).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368335/images/original/Oficio D.E. 023.2023 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368333/images/original/Of&#237;cio D.E. 011.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368332/images/original/Of&#237;cio D.E. 009.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368331/images/original/Of&#237;cio D.E. 003.2023 (Digitalizado).pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/731117/images/original/Oficio D.E. 019.2026 (Cancelamento de Item unilateralmente - Eletro Centro).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/731072/images/original/Oficio D.E. 018.2026 (Cancelamento de Item - Transmaquinas).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/727584/images/original/Oficio D.E. 016.2026 (Cancelamento de Item - Nexxa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/718294/images/original/Oficio D.E. 009.2026 (Cancelamento de Item - KMV Distribuidora).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/719702/images/original/Oficio D.E. 010.2026 (Cancelamento de Item unilateralmente - Lemed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711906/images/original/Oficio D.E. 003.2026 (Cancelamento de Item - Distribuidora Lemes e Cesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/719704/images/original/Oficio D.E. 011.2026 (Cancelamento de Item - Porto).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/718295/images/original/Oficio D.E. 008.2026 (Cancelamento de Item - Pontamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/683715/images/original/Oficio D.E. 199.2025 (Cancelamento de Item - Evok).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679455/images/original/Oficio D.E. 194.2025 (Cancelamento de Item - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687510/images/original/Oficio D.E. 200.2025 (Cancelamento de Item - Dimaster).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/671628/images/original/Oficio D.E. 177.2025 (Cancelamento de Item - Drogarias Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/698242/images/original/Oficio D.E. 204.2025 (Cancelamento de Item - K. Lumertz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/670746/images/original/Oficio D.E. 175.2025 (Cancelamento de Item - Werbran).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678000/images/original/Oficio D.E. 189.2025 (Cancelamento de Item - LA Dalla Porta).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/659593/images/original/Oficio D.E. 166.2025 (Cancelamento de Item - SSC).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656776/images/original/Oficio D.E. 165.2025 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662128/images/original/Oficio D.E. 170.2025 (Cancelamento de Item - Goldenplus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657541/images/original/Oficio D.E. 161.2025 (Cancelamento de Item - Eletro Centro).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629603/images/original/Oficio D.E. 151.2025 (Cancelamento de Item - Cir&#250;rgica Cavalhada).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629604/images/original/Oficio D.E. 152.2025 (Cancelamento de Item - Soma).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626355/images/original/Oficio D.E. 147.2025 (Cancelamento de Item - Farmacesa).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/627744/images/original/Oficio D.E. 149.2025 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629216/images/original/Oficio D.E. 150.2025 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608170/images/original/Oficio D.E. 127.2025 (Cancelamento de Item - C Gazola Barro LTDA).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/607143/images/original/Of&#237;cio D.E. 125.2025 (Cancelamento de item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605542/images/original/Of&#237;cio D.E. 123.2025 (Cancelamento de item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613024/images/original/Oficio D.E. 131.2025 (Cancelamento de Item - Top Norte).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/586592/images/original/Oficio D.E. 112.2025 (Cancelamento de Item - Rossi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583119/images/original/Oficio D.E. 107.2025 (Cancelamento de Item - Pontamed Farmac&#234;utica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/560946/images/original/Oficio D.E. 101.2025 (Cancelamento de Item - CIAMED).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/560857/images/original/Oficio D.E. 100.2025 (Cancelamento de Item - ARPL Distribuidora).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581569/images/original/Oficio D.E. 105.2025 (Cancelamento de Item - Odontomedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557870/images/original/Oficio D.E. 095.2025 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/555710/images/original/Oficio D.E. 090.2025 (Cancelamento de Item - Metta Farmac&#234;utica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551238/images/original/Oficio D.E. 082.2025 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548405/images/original/Oficio D.E. 076.2025 (Cancelamento de Item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546173/images/original/Oficio D.E. 073.2025 (Cancelamento de Item - Hidroluna).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545073/images/original/Oficio D.E. 070.2025 (Cancelamento de Item - Bellenzier).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546477/images/original/Oficio D.E. 074.2025 (Cancelamento de Item - Odontomedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545286/images/original/Oficio D.E. 071.2025 (Cancelamento de Item - Tech-sul).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545041/images/original/Oficio D.E. 069.2025 (Cancelamento de Item - Livraria).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528529/images/original/Oficio D.E. 058.2025 (Cancelamento de Item - Atl&#226;ntico).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524237/images/original/Oficio D.E. 043.2025 (Cancelamento de Item - Schwab).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524850/images/original/Oficio D.E. 046.2025 (Cancelamento de Item - By Market).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520155/images/original/Oficio D.E. 034.2025 (Cancelamento de Item - SLG).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519363/images/original/Oficio D.E. 032.2025 (Cancelamento de Item - Lemed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517720/images/original/Oficio D.E. 024.2025 (Cancelamento de Item - Top Norte).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517267/images/original/Oficio D.E. 020.2025 (Cancelamento de Item - FR).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517266/images/original/Oficio D.E. 019.2025 (Cancelamento de Item - TB).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515736/images/original/Oficio D.E. 006.2025 (Cancelamento de Item - Gelcia).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515734/images/original/Oficio D.E. 007.2025 (Cancelamento de Item - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515735/images/original/Oficio D.E. 008.2025 (Cancelamento de Item - Vitalmed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518426/images/original/Oficio D.E. 027.2025 (Cancelamento de Item - VMB).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499370/images/original/Of&#237;cio D.E. 156.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495692/images/original/Of&#237;cio D.E. 151.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486848/images/original/Of&#237;cio D.E. 137.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483400/images/original/Of&#237;cio D.E. 131.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/479940/images/original/Oficio D.E. 129.2024 (Cancelamento de Item - Centermedi).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/471060/images/original/Oficio D.E. 120.2024 (Cancelamento de Item - Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469758/images/original/Oficio D.E. 117.2024 (Cancelamento de Item - Metromed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/465956/images/original/Of&#237;cio D.E. 108.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469428/images/original/Oficio D.E. 122.2023 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450609/images/original/Of&#237;cio D.E. 085.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450414/images/original/Of&#237;cio D.E. 084.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448259/images/original/Of&#237;cio D.E. 079.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446308/images/original/Of&#237;cio D.E. 069.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447544/images/original/Of&#237;cio D.E. 074.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417915/images/original/Of&#237;cio D.E. 067.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417916/images/original/Of&#237;cio D.E. 066.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/413722/images/original/Of&#237;cio D.E. 049.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411443/images/original/Of&#237;cio D.E. 042.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417879/images/original/Of&#237;cio D.E. 064.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410189/images/original/Of&#237;cio D.E. 038.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410187/images/original/Of&#237;cio D.E. 037.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/398687/images/original/Of&#237;cio D.E. 014.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/396953/images/original/Of&#237;cio D.E. 011.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/398442/images/original/Of&#237;cio D.E. 013.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/399294/images/original/Of&#237;cio D.E. 016.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/386791/images/original/Oficio D.E. 122.2023 (Cancelamento de Item - Medilar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373706/images/original/Of&#237;cio D.E. 112.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/402240/images/original/Of&#237;cio D.E. 020.2024 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373704/images/original/Of&#237;cio D.E. 113.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/373703/images/original/Of&#237;cio D.E. 111.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368382/images/original/Of&#237;cio D.E. 103.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368371/images/original/Of&#237;cio D.E. 101.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368368/images/original/Of&#237;cio D.E. 100.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368367/images/original/Oficio D.E. 089.2023 (Cancelamento de Item - Cirurgica Santa Cruz).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368365/images/original/Of&#237;cio D.E. 092.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368364/images/original/Of&#237;cio D.E. 082.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368363/images/original/Oficio D.E. 072.2023 (Cancelamento de Item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368362/images/original/Oficio D.E. 071.2023 (Cancelamento de Item - Inovamed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368361/images/original/Of&#237;cio D.E. 065.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368360/images/original/Of&#237;cio D.E. 062.2023 (Cancelamento de item - Altermed).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368359/images/original/Oficio D.E. 050.2023 (Cancelamento de Item - MCW).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368358/images/original/Oficio D.E. 051.2023 (Cancelamento de Item - Livraria do Estudante).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368357/images/original/Of&#237;cio D.E. 048.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368356/images/original/Of&#237;cio D.E. 049.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368343/images/original/Oficio D.E. 044.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368334/images/original/Oficio D.E. 029.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368342/images/original/Oficio D.E. 027.2023 (Cancelamento de Item - Agnus).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368341/images/original/Oficio D.E. 030.2023 (Digitalizado).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/368338/images/original/Oficio D.E. 026.2023 (Cancelamento de Item - Conquista).pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C100"/>
+  <dimension ref="A1:C104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C100" sqref="C100"/>
+      <selection activeCell="C104" sqref="C104"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>64</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>67</v>
       </c>
       <c r="B25" t="s">
         <v>68</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>70</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>73</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B28" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>78</v>
       </c>
       <c r="B29" t="s">
         <v>79</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>81</v>
       </c>
       <c r="B30" t="s">
         <v>82</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>84</v>
       </c>
       <c r="B31" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B33" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B34" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>96</v>
+      </c>
+      <c r="B35" t="s">
         <v>94</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B36" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B37" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B38" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>109</v>
       </c>
       <c r="B40" t="s">
+        <v>105</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>111</v>
+      </c>
+      <c r="B41" t="s">
         <v>112</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" s="1" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>114</v>
+      </c>
+      <c r="B42" t="s">
         <v>115</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" s="1" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>117</v>
+      </c>
+      <c r="B43" t="s">
         <v>118</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" s="1" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>120</v>
+      </c>
+      <c r="B44" t="s">
         <v>121</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" s="1" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>123</v>
+      </c>
+      <c r="B45" t="s">
         <v>124</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" s="1" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B47" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B48" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B50" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B51" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B52" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B53" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>147</v>
       </c>
       <c r="B54" t="s">
         <v>148</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B55" t="s">
+        <v>148</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
+        <v>152</v>
+      </c>
+      <c r="B56" t="s">
         <v>153</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" s="1" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>155</v>
+      </c>
+      <c r="B57" t="s">
         <v>156</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" s="1" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>158</v>
+      </c>
+      <c r="B58" t="s">
         <v>159</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" s="1" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>161</v>
+      </c>
+      <c r="B59" t="s">
         <v>162</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" s="1" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
+        <v>164</v>
+      </c>
+      <c r="B60" t="s">
         <v>165</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" s="1" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
+        <v>167</v>
+      </c>
+      <c r="B61" t="s">
         <v>168</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" s="1" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
+        <v>170</v>
+      </c>
+      <c r="B62" t="s">
         <v>171</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" s="1" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
+        <v>173</v>
+      </c>
+      <c r="B63" t="s">
         <v>174</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" s="1" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
+        <v>176</v>
+      </c>
+      <c r="B64" t="s">
         <v>177</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" s="1" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
+        <v>179</v>
+      </c>
+      <c r="B65" t="s">
         <v>180</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" s="1" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>182</v>
+      </c>
+      <c r="B66" t="s">
         <v>183</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" s="1" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
+        <v>185</v>
+      </c>
+      <c r="B67" t="s">
         <v>186</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" s="1" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
+        <v>188</v>
+      </c>
+      <c r="B68" t="s">
         <v>189</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" s="1" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
+        <v>191</v>
+      </c>
+      <c r="B69" t="s">
         <v>192</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" s="1" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>194</v>
+      </c>
+      <c r="B70" t="s">
         <v>195</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" s="1" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
+        <v>197</v>
+      </c>
+      <c r="B71" t="s">
         <v>198</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" s="1" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
+        <v>200</v>
+      </c>
+      <c r="B72" t="s">
         <v>201</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" s="1" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
+        <v>203</v>
+      </c>
+      <c r="B73" t="s">
         <v>204</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" s="1" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>206</v>
       </c>
       <c r="B74" t="s">
         <v>207</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B75" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B76" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B77" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B78" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B79" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B80" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B81" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>225</v>
+        <v>178</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B82" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>229</v>
       </c>
       <c r="B83" t="s">
         <v>230</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B84" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>235</v>
       </c>
       <c r="B85" t="s">
         <v>236</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>238</v>
       </c>
       <c r="B86" t="s">
         <v>239</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>240</v>
@@ -2256,109 +2292,153 @@
         <v>258</v>
       </c>
       <c r="B93" t="s">
         <v>259</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>261</v>
       </c>
       <c r="B94" t="s">
         <v>262</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>264</v>
       </c>
       <c r="B95" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B96" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B97" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B98" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B99" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B100" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" t="s">
+        <v>281</v>
+      </c>
+      <c r="B101" t="s">
+        <v>282</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" t="s">
+        <v>284</v>
+      </c>
+      <c r="B102" t="s">
+        <v>285</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" t="s">
+        <v>287</v>
+      </c>
+      <c r="B103" t="s">
+        <v>285</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" t="s">
+        <v>289</v>
+      </c>
+      <c r="B104" t="s">
+        <v>290</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -2418,50 +2498,54 @@
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="C102" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="C103" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="C104" r:id="rId_hyperlink_103"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>