--- v0 (2026-01-07)
+++ v1 (2026-03-04)
@@ -12,82 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1443">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>REGISTRO DE PREÇO 01/2026 - PUBLICAÇÕES LEGAIS (Venc. 06/02/2027)</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>ARP 02.2026 - Public_assinada.pdf</t>
+  </si>
+  <si>
+    <t>ARP 01.2026 - Departamento de Publicações Brasília_assinada.pdf</t>
+  </si>
+  <si>
     <t>REGISTRO DE PREÇO 31/2025 - MAQUINÁRIO (Venc. 18/12/2026)</t>
   </si>
   <si>
     <t>19/12/2025</t>
   </si>
   <si>
     <t>ARP 379.2025 - Bertinatto.pdf</t>
   </si>
   <si>
     <t>ARP 380.2025 - Distribuidora Meridional.pdf</t>
   </si>
   <si>
     <t>ARP 381.2025 - GRA.pdf</t>
   </si>
   <si>
     <t>ARP 382.2025 - Viemaq.pdf</t>
   </si>
   <si>
     <t>ARP 383.2025 - X Brasil.pdf</t>
   </si>
   <si>
+    <t>Despacho Suspensão.pdf</t>
+  </si>
+  <si>
     <t>REGISTRO DE PREÇO 29/2025 - MATERIAIS ODONTOLÓGICOS (Venc. 11/12/2026)</t>
   </si>
   <si>
     <t>12/12/2025</t>
   </si>
   <si>
     <t>ARP 344.2025 - A2XR condesus.pdf</t>
   </si>
   <si>
     <t>ARP 345.2025 - Altermed.pdf</t>
   </si>
   <si>
     <t>ARP 346.2025 - Athena.pdf</t>
   </si>
   <si>
     <t>ARP 347.2025 - Bimex.pdf</t>
   </si>
   <si>
     <t>ARP 348.2025 - Bio Logica.pdf</t>
   </si>
   <si>
     <t>ARP 349.2025 - Lajeadense.pdf</t>
   </si>
   <si>
     <t>ARP 350.2025 - Santa Cruz.pdf</t>
@@ -155,50 +170,59 @@
   <si>
     <t>ARP 371.2025 - Mega.pdf</t>
   </si>
   <si>
     <t>ARP 372.2025 - Nexxa.pdf</t>
   </si>
   <si>
     <t>ARP 373.2025 - Odontomed.pdf</t>
   </si>
   <si>
     <t>ARP 374.2025 - Quantum.pdf</t>
   </si>
   <si>
     <t>ARP 375.2025 - Soma.pdf</t>
   </si>
   <si>
     <t>ARP 376.2025 - Sulpel.pdf</t>
   </si>
   <si>
     <t>ARP 377.2025 - Ynemed.pdf</t>
   </si>
   <si>
     <t>ARP 378.2025 - Zenith.pdf</t>
   </si>
   <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 357.2025 - Emige.pdf</t>
+  </si>
+  <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 372.2025 - Nexxa.pdf</t>
+  </si>
+  <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 378.2025 - Zenith (correção de Ata).pdf</t>
+  </si>
+  <si>
     <t>REGISTRO DE PREÇO 30/2025 - TUBOS E CONEXÕES PEAD (Venc. 09/12/2026)</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>ARP 340.2025 - Comercial Vanguardeira.pdf</t>
   </si>
   <si>
     <t>ARP 341.2025 - Forte Duto</t>
   </si>
   <si>
     <t>ARP 342.2025 - Hidrosanu.pdf</t>
   </si>
   <si>
     <t>ARP 343.2025 - Staltter.pdf</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO 25/2025 - MATERIAIS ESCOLARES E DE EXPEDIENTE (Venc. 27/11/2026)</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>ARP 310.2025 - Ideo.pdf</t>
@@ -266,50 +290,53 @@
   <si>
     <t>ARP 331.2025 - RM.pdf</t>
   </si>
   <si>
     <t>ARP 332.2025 - São Lourenço.pdf</t>
   </si>
   <si>
     <t>ARP 333.2025 - Sinospel.pdf</t>
   </si>
   <si>
     <t>ARP 334.2025 - Solis.pdf</t>
   </si>
   <si>
     <t>ARP 335.2025 - Squinalli.pdf</t>
   </si>
   <si>
     <t>ARP 336.2025 - SSC.pdf</t>
   </si>
   <si>
     <t>ARP 337.2025 - Topmix.pdf</t>
   </si>
   <si>
     <t>ARP 338.2025 - Traum.pdf</t>
   </si>
   <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 329.2025 - Porto.pdf</t>
+  </si>
+  <si>
     <t>REGISTRO DE PREÇO 23/2025 - MEDICAMENTOS GENÉRICOS (Venc. 25/11/2026)</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>ARP 268.2025 - AG Kienen.pdf</t>
   </si>
   <si>
     <t>ARP 269.2025 - Almeida.pdf</t>
   </si>
   <si>
     <t>ARP 270.2025 - Altermed.pdf</t>
   </si>
   <si>
     <t>ARP 271.2025 - Centermedi.PDF</t>
   </si>
   <si>
     <t>ARP 272.2025 - Ciamed.pdf</t>
   </si>
   <si>
     <t>ARP 273.2025 - Cirurgica Santa Cruz.pdf</t>
   </si>
   <si>
     <t>ARP 274.2025 - Rioclarense.pdf</t>
@@ -407,50 +434,71 @@
   <si>
     <t>ARP 305.2025 - Top Norte.pdf</t>
   </si>
   <si>
     <t>ARP 306.2025 - Ultra Med.pdf</t>
   </si>
   <si>
     <t>ARP 307.2025 - Victoria.pdf</t>
   </si>
   <si>
     <t>ARP 308.2025 - Vitalmed.pdf</t>
   </si>
   <si>
     <t>ARP 309.2025 - WF.pdf</t>
   </si>
   <si>
     <t>Aditivo 01.2025 Ata de Registro de Preço 292.2025 - Medilar.pdf</t>
   </si>
   <si>
     <t>Aditivo 01.2025 Ata de Registro de Preço 304.2025 - Sulmedic</t>
   </si>
   <si>
     <t>Aditivo 01.2025 Ata de Registro de Preço 307.2025 - Victória.pdf</t>
   </si>
   <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 270.2025 - Altermed.pdf</t>
+  </si>
+  <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 272.2025 - Ciamed.pdf</t>
+  </si>
+  <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 275.2025 - Conquista.pdf</t>
+  </si>
+  <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 280.2025 - Lemes e Cesa.pdf</t>
+  </si>
+  <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 298.2025 - Nutri-ele.pdf</t>
+  </si>
+  <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 299.2025 - Pontamed.pdf</t>
+  </si>
+  <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 303.2025 - Soma.pdf</t>
+  </si>
+  <si>
     <t>REGISTRO DE PREÇO 28/2025 - RECAPAGEM DE PNEUS (Venc. 10/11/2026)</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>ARP 264.2025 - F. Vachileski_assinado.pdf</t>
   </si>
   <si>
     <t>ARP 265.2025 - Garbin_assinado.pdf</t>
   </si>
   <si>
     <t>ARP 266.2025 - Grando_assinado.pdf</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO 26/2025 - CAMINHÕES (Venc. 05/11/2026)</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>ARP 261.2025 - Forza_assinado.pdf</t>
   </si>
   <si>
     <t>ARP 262.2025 - Mattana_assinado.pdf</t>
@@ -551,50 +599,53 @@
   <si>
     <t>ARP 238.2025 - Geraldo.pdf</t>
   </si>
   <si>
     <t>ARP 239.2025 - MAAW.pdf</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO 20/2025 - HORAS-MÁQUINA (Venc. 16/09/2026)</t>
   </si>
   <si>
     <t>16/09/2025</t>
   </si>
   <si>
     <t>ARP 231.2025 - Dirceu.pdf</t>
   </si>
   <si>
     <t>ARP 232.2025 - Maestri.pdf</t>
   </si>
   <si>
     <t>ARP 233.2025 - Transmaquinas.pdf</t>
   </si>
   <si>
     <t>ARP 234.2025 - VS.pdf</t>
   </si>
   <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 233.2025 - Transmaquinas.pdf</t>
+  </si>
+  <si>
     <t>REGISTRO DE PREÇO 19/2025 - MATERIAIS DE HIGIENE E LIMPEZA (Venc. 10/09/2026)</t>
   </si>
   <si>
     <t>10/09/2025</t>
   </si>
   <si>
     <t>ARP 205.2025 - 51627661 Douglas .pdf</t>
   </si>
   <si>
     <t>ARP 206.2025 - ARPL.pdf</t>
   </si>
   <si>
     <t>ARP 207.2025 - Bach.pdf</t>
   </si>
   <si>
     <t>ARP 208.2025 - Bio Logica.pdf</t>
   </si>
   <si>
     <t>ARP 209.2025 - Darlu.pdf</t>
   </si>
   <si>
     <t>ARP 210.2025 - DM.pdf</t>
   </si>
   <si>
     <t>ARP 211.2025 - DZL.pdf</t>
@@ -641,50 +692,59 @@
   <si>
     <t>ARP 225.2025 - Rafael.pdf</t>
   </si>
   <si>
     <t>ARP 226.2025 - Roberto.pdf</t>
   </si>
   <si>
     <t>ARP 227.2025 - São Lourenço.pdf</t>
   </si>
   <si>
     <t>ARP 228.2025 - SSC.pdf</t>
   </si>
   <si>
     <t>ARP 229.2025 - Thais.pdf</t>
   </si>
   <si>
     <t>ARP 230.2025 - Videquímica.pdf</t>
   </si>
   <si>
     <t>ARP 267.2025 - Oxxion</t>
   </si>
   <si>
     <t>Aditivo 01.2025 Ata de Registro de Preço 212.2025 - EF.pdf</t>
   </si>
   <si>
+    <t>Suspensão Provisória Itens ARP 219.2025 - Lemed.pdf</t>
+  </si>
+  <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 217.2025 - JAB.pdf</t>
+  </si>
+  <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 223.2025 - Odimed.pdf</t>
+  </si>
+  <si>
     <t>REGISTRO DE PREÇO 15/2025 - MATERIAIS ELÉTRICOS (Venc. 03/09/2026)</t>
   </si>
   <si>
     <t>03/09/2025</t>
   </si>
   <si>
     <t>ARP 185.2025 - Adriane.pdf</t>
   </si>
   <si>
     <t>ARP 186.2025 - Comercial Martins.pdf</t>
   </si>
   <si>
     <t>ARP 187.2025 - Eremaster.pdf</t>
   </si>
   <si>
     <t>ARP 188.2025 - Ferreira.pdf</t>
   </si>
   <si>
     <t>ARP 189.2025 - Globexx.pdf</t>
   </si>
   <si>
     <t>ARP 190.2025 - Instalart.pdf</t>
   </si>
   <si>
     <t>ARP 191.2025 - JK.pdf</t>
@@ -1040,50 +1100,56 @@
   <si>
     <t>Aditivo 03.2025 Ata de Registro de Preço 142.2025 - LA Dalla Porta.pdf</t>
   </si>
   <si>
     <t>Aditivo 01.2025 Ata de Registro de Preço 149.2025 - Medilar.pdf</t>
   </si>
   <si>
     <t>Aditivo 01.2025 Ata de Registro de Preço 152.2025 - Metromed.pdf</t>
   </si>
   <si>
     <t>Aditivo 02.2025 Ata de Registro de Preço 149.2025 - Medilar.pdf</t>
   </si>
   <si>
     <t>Aditivo 02.2025 Ata de Registro de Preço 152.2025 - Metromed.pdf</t>
   </si>
   <si>
     <t>Aditivo 03.2025 Ata de Registro de Preço 152.2025 - Metromed.pdf</t>
   </si>
   <si>
     <t>Aditivo 01.2025 Ata de Registro de Preço 160.2025 - Soma.pdf</t>
   </si>
   <si>
     <t>Aditivo 02.2025 Ata de Registro de Preço 160.2025 - Soma.pdf</t>
   </si>
   <si>
+    <t>Aditivo 01.2026 Ata de Registro de Preço 143.2025 - Lemed (alteração unilateral) .pdf</t>
+  </si>
+  <si>
+    <t>Suspensão Provisória Itens ARP 143.2025 - Lemed.pdf</t>
+  </si>
+  <si>
     <t>REGISTRO DE PREÇO 13/2025 - PNEUS, CÂMARAS DE AR E PROTETORES DE ARO (Venc. 17/07/2026)</t>
   </si>
   <si>
     <t>17/07/2025</t>
   </si>
   <si>
     <t>ARP 102.2025 - AutoLuk.pdf</t>
   </si>
   <si>
     <t>ARP 103.2025 - Bellenzier.pdf</t>
   </si>
   <si>
     <t>ARP 104.2025 - Evok.pdf</t>
   </si>
   <si>
     <t>ARP 105.2025 - Firenze.pdf</t>
   </si>
   <si>
     <t>ARP 106.2025 - Gama.pdf</t>
   </si>
   <si>
     <t>ARP 107.2025 - Lermen.pdf</t>
   </si>
   <si>
     <t>ARP 108.2025 - Modelo.pdf</t>
@@ -1274,50 +1340,53 @@
   <si>
     <t>ARP 69.2025 - Seginfo.pdf</t>
   </si>
   <si>
     <t>ARP 70.2025 - Seventec.pdf</t>
   </si>
   <si>
     <t>ARP 71.2025 - Sinces.pdf</t>
   </si>
   <si>
     <t>ARP 72.2025 - So Baterias.pdf</t>
   </si>
   <si>
     <t>ARP 73.2025 - TB.pdf</t>
   </si>
   <si>
     <t>ARP 74.2025 - Verlin.pdf</t>
   </si>
   <si>
     <t>ARP 339.2025 - The Supply.pdf</t>
   </si>
   <si>
     <t>Aditivo 01.2025 Ata de Registro de Preço 63.2025 - K. Lumertz.pdf</t>
   </si>
   <si>
+    <t>ARP 03.2026 - Denteck</t>
+  </si>
+  <si>
     <t>REGISTRO DE PREÇO 10/2025 - Software de Gestão de Processos Eletrônicos (Venc. 13/05/2026)</t>
   </si>
   <si>
     <t>13/05/2025</t>
   </si>
   <si>
     <t>ARP 50.2025 - 1DOC_assinado.pdf</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO 04/2025 - MATERIAL DE CONSTRUÇÃO (Venc. 22/04/2026)</t>
   </si>
   <si>
     <t>22/04/2025</t>
   </si>
   <si>
     <t>ARP 28.2025 - Allyson Padilha.pdf</t>
   </si>
   <si>
     <t>ARP 29.2025 - Alisson Morais.pdf</t>
   </si>
   <si>
     <t>ARP 30.2025 - Aquapar.pdf</t>
   </si>
   <si>
     <t>ARP 31.2025 - Astrale.pdf</t>
@@ -4272,53 +4341,50 @@
     <t>Ata de Registro de Preços nº 01/2023 – Material Escolar e de Expediente (C. Gazola)</t>
   </si>
   <si>
     <t>Ata de Registro de Preços nº 01/2023 – Material Escolar e de Expediente (Carlos)</t>
   </si>
   <si>
     <t>Ata de Registro de Preços nº 01/2023 – Material Escolar e de Expediente (Dicapel)</t>
   </si>
   <si>
     <t>Ata de Registro de Preços nº 01/2023 – Material Escolar e de Expediente (Helpfix)</t>
   </si>
   <si>
     <t>Ata de Registro de Preços nº 01/2023 – Material Escolar e de Expediente (Kleber)</t>
   </si>
   <si>
     <t>Ata de Registro de Preços nº 01/2023 – Material Escolar e de Expediente (Livraria do Estudante)</t>
   </si>
   <si>
     <t>Ata de Registro de Preços nº 01/2023 – Material Escolar e de Expediente (M.L)</t>
   </si>
   <si>
     <t>Ata de Registro de Preços nº 01/2023 – Material Escolar e de Expediente (Mais Esporte)</t>
   </si>
   <si>
     <t>Ata de Registro de Preços nº 01/2023 – Material Escolar e de Expediente (Metromed)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ata de Registro de Preços nº 01/2023 – Material Escolar e de Expediente (New Home)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -4624,13847 +4690,14067 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711442/images/original/ARP 379.2025 - Bertinatto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711444/images/original/ARP 380.2025 - Distribuidora Meridional.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711445/images/original/ARP 381.2025 - GRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711443/images/original/ARP 382.2025 - Viemaq.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711446/images/original/ARP 383.2025 - X Brasil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707535/images/original/ARP 344.2025 - A2XR condesus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707562/images/original/ARP 345.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/708113/images/original/ARP 346.2025 - Athena.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707541/images/original/ARP 347.2025 - Bimex.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711656/images/original/ARP 348.2025 - Bio Logica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707559/images/original/ARP 349.2025 - Lajeadense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707558/images/original/ARP 350.2025 - Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/712031/images/original/ARP 351.2025 - Dental Higix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707548/images/original/ARP 352.2025 - Dental Ipo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707565/images/original/ARP 353.2025 - Dental Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707557/images/original/ARP 354.2025 - Dental Med Plus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707550/images/original/ARP 355.2025 - Porto Alegrense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707537/images/original/ARP 356.2025 - Diprom.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707536/images/original/ARP 357.2025 - Emige.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707552/images/original/ARP 358.2025 - Farmodonto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707556/images/original/ARP 359.2025 - Get Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707554/images/original/ARP 360.2025 - Gnatus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707555/images/original/ARP 361.2025 - Golden.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707563/images/original/ARP 362.2025 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707551/images/original/ARP 363.2025 - HC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707543/images/original/ARP 364.2025 - Itapemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707549/images/original/ARP 365.2025 - LDM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707544/images/original/ARP 366.2025 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707547/images/original/ARP 367.2025 - Maquira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707539/images/original/ARP 368.2025 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707561/images/original/ARP 369.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707546/images/original/ARP 370.2025 - Medpoa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707560/images/original/ARP 371.2025 - Mega.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707553/images/original/ARP 372.2025 - Nexxa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707538/images/original/ARP 373.2025 - Odontomed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707545/images/original/ARP 374.2025 - Quantum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707564/images/original/ARP 375.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707540/images/original/ARP 376.2025 - Sulpel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707542/images/original/ARP 377.2025 - Ynemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707534/images/original/ARP 378.2025 - Zenith.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/705337/images/original/ARP 340.2025 - Comercial Vanguardeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/705338/images/original/ARP 341.2025 - Forte Tubo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/705339/images/original/ARP 342.2025 - Hidrosanu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/705336/images/original/ARP 343.2025 - Staltter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703204/images/original/ARP 310.2025 - Ideo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703184/images/original/ARP 311.2025 - Vinicius.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703185/images/original/ARP 312.2025 - Alexia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703186/images/original/ARP 313.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703211/images/original/ARP 314.2025 - ARPL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703190/images/original/ARP 315.2025 - Baronesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703188/images/original/ARP 316.2025 - Bauer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703187/images/original/ARP 317.2025 - Bruno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703191/images/original/ARP 318.2025 - Carlos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703193/images/original/ARP 319.2025 - CC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703207/images/original/ARP 320.2025 - Lemes e Cesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703192/images/original/ARP 321.2025 - Fagu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703189/images/original/ARP 322.2025 - G &amp; L.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703258/images/original/ARP 323.2025 - Global.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703203/images/original/ARP 324.2025 - Helpfix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703200/images/original/ARP 325.2025 - Fenix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703201/images/original/ARP 326.2025 - LDR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703194/images/original/ARP 327.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703198/images/original/ARP 328.2025 - NJL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703195/images/original/ARP 329.2025 - Porto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703196/images/original/ARP 330.2025 - Printsul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703206/images/original/ARP 331.2025 - RM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703199/images/original/ARP 332.2025 - S&#227;o Louren&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703210/images/original/ARP 333.2025 - Sinospel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703208/images/original/ARP 334.2025 - Solis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703205/images/original/ARP 335.2025 - Squinalli.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703202/images/original/ARP 336.2025 - SSC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703197/images/original/ARP 337.2025 - Topmix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703209/images/original/ARP 338.2025 - Traum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700131/images/original/ARP 268.2025 - AG Kienen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700160/images/original/ARP 269.2025 - Almeida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700150/images/original/ARP 270.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700148/images/original/ARP 271.2025 - Centermedi.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700141/images/original/ARP 272.2025 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700166/images/original/ARP 273.2025 - Cirurgica Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700149/images/original/ARP 274.2025 - Rioclarense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700171/images/original/ARP 275.2025 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700155/images/original/ARP 276.2025 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700159/images/original/ARP 277.2025 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700154/images/original/ARP 278.2025 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700153/images/original/ARP 279.2025 - Backes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700169/images/original/ARP 280.2025 - Lemes e Cesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700156/images/original/ARP 281.2025 - Fenix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700151/images/original/ARP 282.2025 - G2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700158/images/original/ARP 283.2025 - GMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700168/images/original/ARP 284.2025 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700167/images/original/ARP 285.2025 - ILG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700157/images/original/ARP 286.2025 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700138/images/original/ARP 287.2025 - JT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700133/images/original/ARP 288.2025 - Koral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700135/images/original/ARP 289.2025 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700146/images/original/ARP 290.2025 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700164/images/original/ARP 291.2025 - Med4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700165/images/original/ARP 292.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700152/images/original/ARP 293.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700163/images/original/ARP 294.2025 - Multifarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700136/images/original/ARP 295.2025 - Natcofarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700139/images/original/ARP 296.2025 - Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700162/images/original/ARP 297.2025 - Nunesfarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700144/images/original/ARP 298.2025 - Nutri-ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700161/images/original/ARP 299.2025 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700143/images/original/ARP 300.2025 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700140/images/original/ARP 301.2025 - Prosaude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700147/images/original/ARP 302.2025 - Santini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700170/images/original/ARP 303.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700134/images/original/ARP 304.2025 - Sulmedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700142/images/original/ARP 305.2025 - Top Norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700172/images/original/ARP 306.2025 - Ultra Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700145/images/original/ARP 307.2025 - Victoria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700137/images/original/ARP 308.2025 - Vitalmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700132/images/original/ARP 309.2025 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711379/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 292.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707104/images/original/Aditivo 01.2025 Ata 304.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706189/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 307.2025 - Vict&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679469/images/original/ARP 264.2025 - F. Vachileski_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679468/images/original/ARP 265.2025 - Garbin_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679470/images/original/ARP 266.2025 - Grando_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678738/images/original/ARP 261.2025 - Forza_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678740/images/original/ARP 262.2025 - Mattana_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678741/images/original/ARP 263.2025 - Transrio_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679600/images/original/ARP 241.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679603/images/original/ARP 242.2025 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679609/images/original/ARP 243.2025 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679615/images/original/ARP 244.2025 - CM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679614/images/original/ARP 245.2025 - Cristalia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679612/images/original/ARP 246.2025 - Backes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679619/images/original/ARP 247.2025 - Lemes e Cesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679601/images/original/ARP 248.2025 - Fufamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679605/images/original/ARP 249.2025 - Genial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679613/images/original/ARP 250.2025 - ILG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679618/images/original/ARP 251.2025 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679608/images/original/ARP 252.2025 - Kasmedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679610/images/original/ARP 253.2025 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679616/images/original/ARP 254.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679607/images/original/ARP 255.2025 - Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679611/images/original/ARP 256.2025 - Nutri-ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679617/images/original/ARP 257.2025 - Nutriport.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679606/images/original/ARP 258.2025 - SSZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679602/images/original/ARP 259.2025 - Sulmedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679604/images/original/ARP 260.2025 - Vict&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/658735/images/original/ARP 240.2025 - Geraldo Andreola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653262/images/original/ARP 235.2025 - Britaforte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653264/images/original/ARP 236.2025 - BSM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653266/images/original/ARP 237.2025 - Edgar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653265/images/original/ARP 238.2025 - Geraldo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653263/images/original/ARP 239.2025 - MAAW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653360/images/original/ARP 231.2025 - Dirceu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653361/images/original/ARP 232.2025 - Maestri.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653359/images/original/ARP 233.2025 - Transmaquinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653358/images/original/ARP 234.2025 - VS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652496/images/original/ARP 205.2025 - 51627661 Douglas .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652516/images/original/ARP 206.2025 - ARPL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652499/images/original/ARP 207.2025 - Bach.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652500/images/original/ARP 208.2025 - Bio Logica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652493/images/original/ARP 209.2025 - Darlu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652494/images/original/ARP 210.2025 - DM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652502/images/original/ARP 211.2025 - DZL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652495/images/original/ARP 212.2025 - EF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652497/images/original/ARP 213.2025 - Elevate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652501/images/original/ARP 214.2025 - Fortpel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652498/images/original/ARP 215.2025 - Garnet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652508/images/original/ARP 216.2025 - I9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652506/images/original/ARP 217.2025 - JAB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652515/images/original/ARP 218.2025 - Kapricho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652510/images/original/ARP 219.2025 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652511/images/original/ARP 220.2025 - Marcela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652518/images/original/ARP 221.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652513/images/original/ARP 222.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652504/images/original/ARP 223.2025 - Odimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652514/images/original/ARP 224.2025 - POA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652503/images/original/ARP 225.2025 - Rafael.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652507/images/original/ARP 226.2025 - Roberto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652505/images/original/ARP 227.2025 - S&#227;o Louren&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652509/images/original/ARP 228.2025 - SSC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652517/images/original/ARP 229.2025 - Thais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652512/images/original/ARP 230.2025 - Videqu&#237;mica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687252/images/original/ARP 267.2025 - OXXION- ASS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687253/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 212.2025 - EF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647709/images/original/ARP 185.2025 - Adriane.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647715/images/original/ARP 186.2025 - Comercial Martins.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647712/images/original/ARP 187.2025 - Eremaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647711/images/original/ARP 188.2025 - Ferreira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647718/images/original/ARP 189.2025 - Globexx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647716/images/original/ARP 190.2025 - Instalart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647713/images/original/ARP 191.2025 - JK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647714/images/original/ARP 192.2025 - Ledluz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647710/images/original/ARP 193.2025 - Lend&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647720/images/original/ARP 194.2025 - LG_Leo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647728/images/original/ARP 195.2025 - Light Volt.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647721/images/original/ARP 196.2025 - Lucca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647727/images/original/ARP 197.2025 - Miriam.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647722/images/original/ARP 198.2025 - Mork.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647717/images/original/ARP 199.2025 - Plenitude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647719/images/original/ARP 200.2025 - RC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647726/images/original/ARP 201.2025 - Saturno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647724/images/original/ARP 202.2025 - Sunled.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647729/images/original/ARP 203.2025 - Tittaniun.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647723/images/original/ARP 204.2025 - Triunfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629076/images/original/ARP 178.2025 - Jung.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629081/images/original/ARP 179.2025 - Dagostini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629079/images/original/ARP 180.2025 - Tuboforte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629075/images/original/ARP 181.2025 - Bresolin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629077/images/original/ARP 182.2025 - Tilu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629078/images/original/ARP 183.2025 - Tubocerto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629080/images/original/ARP 184.2025 - Tubossinos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626773/images/original/ARP 177.2025 - Minera&#231;&#227;o Florense_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/619567/images/original/ARP 176.2025 - RX Locadora de Ve&#237;culos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/619566/images/original/ARP 175.2025 - Autolocadora Linck e Mello.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/648766/images/original/Aditivo 01.2025 ARP 175.2025 - Autolocadora Linck e Mello.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656131/images/original/Aditivo 01.2025 ARP 176.2025 - RX Locadora de Ve&#237;culos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/620741/images/original/ARP 170.2025 - Dufilter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/620743/images/original/ARP 171.2025 - Imacri.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/620744/images/original/ARP 172.2025 - Jomk.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/620745/images/original/ARP 173.2025 - MM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/620742/images/original/ARP 174.2025 - West Parts.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615901/images/original/ARP 113.2025 - ALF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615932/images/original/ARP 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615906/images/original/ARP 115.2025 - Ana Julia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615907/images/original/ARP 116.2025 - Aramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615899/images/original/ARP 117.2025 - Bar&#227;o Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615900/images/original/ARP 118.2025 - Bimex.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615905/images/original/ARP 119.2025 - Bio Logica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615923/images/original/ARP 120.2025 - Biosul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615920/images/original/ARP 121.2025 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615930/images/original/ARP 122.2025 - Central Brasil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615917/images/original/ARP 123.2025 - Cirurgica Lajeadense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615916/images/original/ARP 124.2025 - Cirurgica S&#227;o Felipe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615910/images/original/ARP 125.2025 - Cirurgica Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615903/images/original/ARP 126.2025 - Cirurtech.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615897/images/original/ARP 127.2025 - Unimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615898/images/original/ARP 128.2025 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615909/images/original/ARP 129.2025 - Delta Shop.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615908/images/original/ARP 130.2025 - Dental Higix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615904/images/original/ARP 131.2025 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615902/images/original/ARP 132.2025 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615911/images/original/ARP 133.2025 - EBD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615912/images/original/ARP 134.2025 - Gen&#233;sio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615915/images/original/ARP 135.2025 - Genial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615934/images/original/ARP 136.2025 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615914/images/original/ARP 137.2025 - Higivital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615913/images/original/ARP 138.2025 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615922/images/original/ARP 139.2025 - Jardim.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615924/images/original/ARP 140.2025 - KDN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615931/images/original/ARP 141.2025 - Kientro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615942/images/original/ARP 142.2025 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615939/images/original/ARP 143.2025 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615918/images/original/ARP 144.2025 - Martec.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/616112/images/original/ARP 145.2025 - Matlab.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615919/images/original/ARP 146.2025 - Maxima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615925/images/original/ARP 147.2025 - Maxxi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615948/images/original/ARP 148.2025 - Med4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615944/images/original/ARP 149.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615927/images/original/ARP 150.2025 - Medlevensohn.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615928/images/original/ARP 151.2025 - Medmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615933/images/original/ARP 152.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615950/images/original/ARP 153.2025 - Monteggia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615936/images/original/ARP 154.2025 - Prosaude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615921/images/original/ARP 155.2025 - Roberto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615926/images/original/ARP 156.2025 - Rossi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615951/images/original/ARP 157.2025 - RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615929/images/original/ARP 158.2025 - Samapi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615941/images/original/ARP 159.2025 - Silvana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615946/images/original/ARP 160.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615937/images/original/ARP 161.2025 - Somar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615938/images/original/ARP 162.2025 - Stokmetal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615935/images/original/ARP 163.2025 - Tyr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615940/images/original/ARP 164.2025 - Unique.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615949/images/original/ARP 165.2025 - Vida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615943/images/original/ARP 166.2025 - Vuelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615945/images/original/ARP 167.2025 - Ynemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615947/images/original/ARP 168.2025 - S&#227;o Mateus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629458/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/650634/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/654916/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657397/images/original/Aditivo 04.2025 Ata de Registro de Pre&#231;o 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678551/images/original/Aditivo 05.2025 Ata de Registro de Pre&#231;o 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/632696/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 117.2025 - Bar&#227;o Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/643376/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 118.2025 - Bimex.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/639181/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 121.2025 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/648454/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 121.2025 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/675620/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 121.2025 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/676023/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 131.2025 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678573/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 131.2025 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/627572/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 132.2025 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/658424/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 132.2025 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663114/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 132.2025 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/673531/images/original/Aditivo 04.2025 Ata de Registro de Pre&#231;o 132.2025 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657211/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 136.2025 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662210/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 136.2025 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/648479/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 142.2025 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/654601/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 142.2025 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678042/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 142.2025 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678552/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 149.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/639458/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 152.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/681013/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 149.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657311/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 152.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678316/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 152.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626584/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 160.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629782/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 160.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613005/images/original/ARP 102.2025 - AutoLuk.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613012/images/original/ARP 103.2025 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613002/images/original/ARP 104.2025 - Evok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613010/images/original/ARP 105.2025 - Firenze.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613009/images/original/ARP 106.2025 - Gama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613006/images/original/ARP 107.2025 - Lermen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613004/images/original/ARP 108.2025 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613007/images/original/ARP 109.2025 - Pessoto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613003/images/original/ARP 110.2025 - Pompeu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613011/images/original/ARP 111.2025 - S S.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613008/images/original/ARP 112.2025 - SC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687515/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 104.2025 - Evok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687254/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 106.2025 - Gama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599831/images/original/ARP 101.2025 - SIM REDE_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/588413/images/original/ARP 99.2025 - Oxi Caxias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/588412/images/original/ARP 100.2025 - Priom.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583268/images/original/ARP 98.2025 - Romano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583966/images/original/ARP 75.2025 - Alex.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583974/images/original/ARP 76.2025 - BH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583970/images/original/ARP 77.2025 - Bilg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583973/images/original/ARP 78.2024 - Carboni.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583975/images/original/ARP 79.2025 - Carine.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583967/images/original/ARP 80.2024 - Promostore.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583965/images/original/ARP 81.2025 - DSP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583968/images/original/ARP 82.2024 - Fistarol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583971/images/original/ARP 83.2025 - GF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583982/images/original/ARP 84.2025 - Idpromo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/585955/images/original/ARP 85.2025 - Fenix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583981/images/original/ARP 86.2025 - Inova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583977/images/original/ARP 87.2025 - Marca Registrada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583969/images/original/ARP 88.2025 - M&#237;dias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583984/images/original/ARP 89.2025 - Multi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583972/images/original/ARP 90.2025 - MV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584203/images/original/ARP 91 2025 - OK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583983/images/original/ARP 92.2024 - Papel e Caneta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583978/images/original/ARP 93.2025 - PK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583979/images/original/ARP 94.2025 - RB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583976/images/original/ARP 95.2025 - S. da Silva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583985/images/original/ARP 96.2025 - Velha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583980/images/original/ARP 97.2025 - ZB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583464/images/original/ARP 51.2025 - Alessandra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583467/images/original/ARP 52.2025 - Peterson.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583487/images/original/ARP 53.2025 - Amena.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583466/images/original/ARP 54.2025 - Barra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583472/images/original/ARP 55.2025 - BNB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583468/images/original/ARP 56.2025 - Datagov.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583471/images/original/ARP 57.2025 - Digiplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583474/images/original/ARP 58.2025 - Eletro Centro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583465/images/original/ARP 59.2025 - Gabriela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583470/images/original/ARP 60.2025 - GP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583469/images/original/ARP 61.2025 - Habitus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583476/images/original/ARP 62.2025 - Incotech.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583475/images/original/ARP 63.2025 - K. Lumertz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583478/images/original/ARP 64.2025 - MBS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583473/images/original/ARP 65.2025 - Melissa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583480/images/original/ARP 66.2025 - Microt&#233;cnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583477/images/original/ARP 67.2025 - On Line.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583486/images/original/ARP 68.2025 - Proxys.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583479/images/original/ARP 69.2025 - Seginfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583483/images/original/ARP 70.2025 - Seventec.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583485/images/original/ARP 71.2025 - Sinces.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583481/images/original/ARP 72.2025 - So Baterias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583484/images/original/ARP 73.2025 - TB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583482/images/original/ARP 74.2025 - Verlin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/698720/images/original/ARP 339.2025 - The Supply.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706443/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 63.2025 - K. Lumertz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/587179/images/original/ARP 50.2025 - 1DOC_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557226/images/original/ARP 28.2025 - Allyson Padilha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557238/images/original/ARP 29.2025 - Alisson Morais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557227/images/original/ARP 30.2025 - Aquapar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557233/images/original/ARP 31.2025 - Astrale.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557231/images/original/ARP 32.2025 - CJC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557229/images/original/ARP 33.2025 - Ilha Bela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557242/images/original/ARP 34.2025 - Eletro Center.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557234/images/original/ARP 35.2025 - Everest.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557237/images/original/ARP 36.2025 - Fortlev.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557232/images/original/ARP 37.2025 - G3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557236/images/original/ARP 38.2025 - Instalart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557235/images/original/ARP 39.2025 - J.J. Vitalli.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557230/images/original/ARP 40.2025 - JV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557240/images/original/ARP 41.2025 - Kieling.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557246/images/original/ARP 42.2025 - KMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557239/images/original/ARP 43.2025 - L&amp;J.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557228/images/original/ARP 44.2025 - Modaltec.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557241/images/original/ARP 45.2025 - Rafael.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557243/images/original/ARP 46.2025 - RB Dossin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557244/images/original/ARP 47.2025 - RM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557259/images/original/ARP 48.2025 - Soul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557245/images/original/ARP 49.2025 - Szata.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/549997/images/original/ARP 22.2025 - Kcinco_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/549999/images/original/ARP 23.2025 - Mattana_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550000/images/original/ARP 25.2025 - Transrio_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/549998/images/original/ARP 24.2025 - Mecasul_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550042/images/original/ARP 18.2025 - Bussmaster_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550044/images/original/ARP 19.2025 - Guaracar_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550045/images/original/ARP 20.2025 - Mobile_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550043/images/original/ARP 21.2025 - Vip_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/639174/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 19.2025 - Guaracar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/708032/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 20.2025 - Mobile.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522955/images/original/ARP 02.2025 - ALG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522961/images/original/ARP 03.2025 - Baraoseg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522963/images/original/ARP 04.2025 - City Clean.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522956/images/original/ARP 05.2025 - Fabrica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522966/images/original/ARP 06.2025 - Faccina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522957/images/original/ARP 07.2025 - Fenix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522962/images/original/ARP 08.2025 - GDC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522958/images/original/ARP 09.2025 - Infraseg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522964/images/original/ARP 10.2025 - Liceri.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522965/images/original/ARP 11.2025 - Petter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522959/images/original/ARP 12.2025 - Pizani.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522960/images/original/ARP 13.2025 - Projesul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522967/images/original/ARP 14.2025 - RP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/591570/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 08.2025 - GDC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/591569/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 10.2025 - Liceri.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515428/images/original/Ata de Registro de Pre&#231;os 345.204 - X Brasil_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/510419/images/original/Ata de Registro de Pre&#231;os 344.2024 - Topmed_Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/698266/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 344.2024 - Topmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/511207/images/original/Ata de Registro de Pre&#231;os 343.2024 - Prazer em Comprar_Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/511208/images/original/Ata de Registro de Pre&#231;os 342.2024 - Andrighetti_Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508785/images/original/Ata de Registro de Pre&#231;os 307.2024 - AG Kienen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508786/images/original/Ata de Registro de Pre&#231;os 308.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508788/images/original/Ata de Registro de Pre&#231;os 309.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508792/images/original/Ata de Registro de Pre&#231;os 310.2024 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508814/images/original/Ata de Registro de Pre&#231;os 311.2024 - Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508796/images/original/Ata de Registro de Pre&#231;os 312.2024 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508790/images/original/Ata de Registro de Pre&#231;os 313.2024 - Rioclarense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508812/images/original/Ata de Registro de Pre&#231;os 314.2024 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508793/images/original/Ata de Registro de Pre&#231;os 315.2024 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508794/images/original/Ata de Registro de Pre&#231;os 316.2024 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508791/images/original/Ata de Registro de Pre&#231;os 317.2024 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508789/images/original/Ata de Registro de Pre&#231;os 318.2024 - Intramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508818/images/original/Ata de Registro de Pre&#231;os 319.2024 - Flavio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508787/images/original/Ata de Registro de Pre&#231;os 320.2024 - Genial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508797/images/original/Ata de Registro de Pre&#231;os 321.2024 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508819/images/original/Ata de Registro de Pre&#231;os 322.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508817/images/original/Ata de Registro de Pre&#231;os 323.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508799/images/original/Ata de Registro de Pre&#231;os 324.2024 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508811/images/original/Ata de Registro de Pre&#231;os 325.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508804/images/original/Ata de Registro de Pre&#231;os 326.2024 - Metta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508798/images/original/Ata de Registro de Pre&#231;os 327.2024 - Natcofarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508806/images/original/Ata de Registro de Pre&#231;os 328.2024 - Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508802/images/original/Ata de Registro de Pre&#231;os 329.2024 - Nunesfarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508813/images/original/Ata de Registro de Pre&#231;os 330.2024 - Nutriport.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508809/images/original/Ata de Registro de Pre&#231;os 331.2024 - Pharma Log.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508795/images/original/Ata de Registro de Pre&#231;os 332.2024 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508805/images/original/Ata de Registro de Pre&#231;os 333.2024 - Prosaude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508801/images/original/Ata de Registro de Pre&#231;os 334.2024 - S&amp;R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508800/images/original/Ata de Registro de Pre&#231;os 335.2024 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508808/images/original/Ata de Registro de Pre&#231;os 336.2024 - Sulmedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508816/images/original/Ata de Registro de Pre&#231;os 337.2024 - Top Norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508803/images/original/Ata de Registro de Pre&#231;os 338.2024 - Victoria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508810/images/original/Ata de Registro de Pre&#231;os 339.2024 - Vitalmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508807/images/original/Ata de Registro de Pre&#231;os 340.2024 - Werbran.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508815/images/original/Ata de Registro de Pre&#231;os 341.2024 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508784/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 323.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518044/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 310.2024 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/561052/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 310.2024 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/671590/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 322.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520169/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 337.2024 - Top Norte_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614762/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 337.2024 - Top Norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/559725/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 310.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583218/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 332.2024 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663705/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 332.2024 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584388/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 332.2024 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662336/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 332.2024 - MCW.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/673965/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 332.2024 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613309/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 340.2024 - Werbran.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707130/images/original/Aditivo 04.2025 Ata de Registro de Pre&#231;o 332.2024 - MCW.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/670748/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;os 340.2024 - Werbran.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504261/images/original/Ata de Registro de Pre&#231;os 281.2024 - Lucas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504263/images/original/Ata de Registro de Pre&#231;os 282.2024 - Alyson.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504262/images/original/Ata de Registro de Pre&#231;os 283.2024 - Agilitate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/505006/images/original/Ata de Registro de Pre&#231;os 284.2024 - Alesandra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504265/images/original/Ata de Registro de Pre&#231;os 285.2024 - Bianca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504269/images/original/Ata de Registro de Pre&#231;os 286.2024 - Brumo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504279/images/original/Ata de Registro de Pre&#231;os 288.2024 - Carlos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504271/images/original/Ata de Registro de Pre&#231;os 289.2024 - Damil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504264/images/original/Ata de Registro de Pre&#231;os 290.2024 - Dicapel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504273/images/original/Ata de Registro de Pre&#231;os 291.2024 - Douglas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504281/images/original/Ata de Registro de Pre&#231;os 292.2024 - Fabiana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504266/images/original/Ata de Registro de Pre&#231;os 293.2024 - FC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504268/images/original/Ata de Registro de Pre&#231;os 294.2024 - Helpfix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504277/images/original/Ata de Registro de Pre&#231;os 295.2024 - Inovare.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504275/images/original/Ata de Registro de Pre&#231;os 296.2024 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504274/images/original/Ata de Registro de Pre&#231;os 297.2024 - Licita Shop.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504272/images/original/Ata de Registro de Pre&#231;os 298.2024 - M.F.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504270/images/original/Ata de Registro de Pre&#231;os 299.2024 - Manos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504276/images/original/Ata de Registro de Pre&#231;os 300.2024 - Mega.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504278/images/original/Ata de Registro de Pre&#231;os 301.2024 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504282/images/original/Ata de Registro de Pre&#231;os 302.2024 - Printsul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504283/images/original/Ata de Registro de Pre&#231;os 303.2024 - SLG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504280/images/original/Ata de Registro de Pre&#231;os 304.2024 - SSC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504284/images/original/Ata de Registro de Pre&#231;os 305.2024 - TB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504285/images/original/Ata de Registro de Pre&#231;os 306.2024 - Vertentes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/641060/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 285.2024 - Bianca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517508/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 287.2024 - C. Gazola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520324/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 287.2024 - C. Gazola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608501/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 287.2024 - C. Gazola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/659739/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 293.2024 - FC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/640546/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 294.2024 - Helpfix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548417/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 295.2024 - Inovare.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521891/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 303.2024 - SLG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/640709/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 303.2024 - SLG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548462/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 300.2024 - Mega.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/641097/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 304.2024 - SSC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/660117/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 304.2024 - SSC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517509/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 305.2024 - TB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/501018/images/original/Ata de Registro de Pre&#231;os 279.2024 - Garbin_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/501019/images/original/Ata de Registro de Pre&#231;os 280.2024 - Grando_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502279/images/original/Ata de Registro de Pre&#231;os 250.2024 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502278/images/original/Ata de Registro de Pre&#231;os 251.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502280/images/original/Ata de Registro de Pre&#231;os 252.2024 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502286/images/original/Ata de Registro de Pre&#231;os 253.2024 - Lajeadense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502291/images/original/Ata de Registro de Pre&#231;os 254.2024 - Dental Ipo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502290/images/original/Ata de Registro de Pre&#231;os 255.2024 - Dental Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502283/images/original/Ata de Registro de Pre&#231;os 256.2024 - Emige.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502281/images/original/Ata de Registro de Pre&#231;os 257.2024 - Foccus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502277/images/original/Ata de Registro de Precos 258.2024 - Gnatus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502285/images/original/Ata de Registro de Pre&#231;os 259.2024 - Higivital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502292/images/original/Ata de Registro de Precos 260.2024 - K2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502289/images/original/Ata de Registro de Pre&#231;os 261.2024 - L.A. Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502288/images/original/Ata de Registro de Pre&#231;os 262.2024 - Maquira Condesus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502276/images/original/Ata de Registro de Pre&#231;os 263.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502298/images/original/Ata de Registro de Pre&#231;os 264.2024 - Maxima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502296/images/original/Ata de Registro de Pre&#231;os 265.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502284/images/original/Ata de Registro de Pre&#231;os 266.2024 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502287/images/original/Ata de Registro de Pre&#231;os 267.2024 - Odontomedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502282/images/original/Ata de Registro de Pre&#231;os 268.2024 - Prioritta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502294/images/original/Ata de Registro de Pre&#231;os 269.2024 - Promax.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502293/images/original/Ata de Registro de Pre&#231;os 270.2024 - Prosaude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502299/images/original/Ata de Registro de Pre&#231;os 271.2024 - S&#227;o Paulo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502295/images/original/Ata de Registro de Pre&#231;os 272.2024 - Sebmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502297/images/original/Ata de Registro de Pre&#231;os 273.2024 - T.D. &amp; V.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520249/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 265.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534575/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 265.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/631015/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 265.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548697/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 261.2024 - L.A. Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550877/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 264.2024 - Maxima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599721/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 264.2024 - Maxima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581635/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 255.2024 - Dental Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581899/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 263.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629047/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 263.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581898/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 256.2024 - Emige.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599767/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 256.2024 - Emige.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583090/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 267.2024 - Odontomedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599871/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 254.2024 - Dental Ipo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500728/images/original/Ata de Registro de Pre&#231;os 274.2024 - Bhatel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500726/images/original/Ata de Registro de Pre&#231;os 275.2024 - Fernandes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500730/images/original/Ata de Registro de Pre&#231;os 276.2024 - Hidroluna.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546839/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 276.2024 - Hidroluna.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500729/images/original/Ata de Registro de Pre&#231;os 277.2024 - Racaza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500727/images/original/Ata de Registro de Pre&#231;os 278.2024 - Talentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546297/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 278.2024 - Talentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623473/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 278.2024 - Talentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/624651/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 274.2024 - Bhatel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497095/images/original/Ata de Registro de Pre&#231;os 201.2024 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497101/images/original/Ata de Registro de Pre&#231;os 202.2024 - Aglon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497102/images/original/Ata de Registro de Pre&#231;os 203.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497099/images/original/Ata de Registro de Pre&#231;os 204.2024 - Bellpharma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497103/images/original/Ata de Registro de Pre&#231;os 205.2024 - Belmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497100/images/original/Ata de Registro de Pre&#231;os 206.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497105/images/original/Ata de Registro de Pre&#231;os 207.2024 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497114/images/original/Ata de Registro de Pre&#231;os 208.2024 - Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497106/images/original/Ata de Registro de Pre&#231;os 209.2024 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497118/images/original/Ata de Registro de Pre&#231;os 210.2024 - Rioclarense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497117/images/original/Ata de Registro de Pre&#231;os 211.2024 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497097/images/original/Ata de Registro de Pre&#231;os 212.2024 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497096/images/original/Ata de Registro de Pre&#231;os 213.2024 - DF2MED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528517/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 205.2024 - Belmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497098/images/original/Ata de Registro de Pre&#231;os 214.2024 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497108/images/original/Ata de Registro de Pre&#231;os 215.2024 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497104/images/original/Ata de Registro de Pre&#231;os 216.2024 - Backes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497110/images/original/Ata de Registro de Pre&#231;os 217.2024 - DX.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497115/images/original/Ata de Registro de Pre&#231;os 218.2024 - Emporio Kaza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497112/images/original/Ata de Registro de Pre&#231;os 219.2024 - F R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497123/images/original/Ata de Registro de Pre&#231;os 220.2024 - Flavio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497125/images/original/Ata de Registro de Pre&#231;os 221.2024 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497109/images/original/Ata de Registro de Pre&#231;os 222.2024 - Grams.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497107/images/original/Ata de Registro de Pre&#231;os 223.2024 - ILG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497111/images/original/Ata de Registro de Pre&#231;os 224.2024 - Imperium.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497124/images/original/Ata de Registro de Pre&#231;os 225.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497122/images/original/Ata de Registro de Pre&#231;os 226.2024 - JT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497119/images/original/Ata de Registro de Pre&#231;os 227.2024 - Kfmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497113/images/original/Ata de Registro de Pre&#231;os 228.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497139/images/original/Ata de Registro de Pre&#231;os 229.2024 - LM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497133/images/original/Ata de Registro de Pre&#231;os 230.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497127/images/original/Ata de Registro de Pre&#231;os 231.2024 - Medsi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497131/images/original/Ata de Registro de Pre&#231;os 232.2024 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497129/images/original/Ata de Registro de Pre&#231;os 233.2024 - Metta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497140/images/original/Ata de Registro de Pre&#231;os 234.2024 - Natcofarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497116/images/original/Ata de Registro de Pre&#231;os 235.2024 - Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497130/images/original/Ata de Registro de Pre&#231;os 236.2024 - Nutri-ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497136/images/original/Ata de Registro de Pre&#231;os 237.2024 - Nunesfarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497132/images/original/Ata de Registro de Pre&#231;os 239.2024 - Ramo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497120/images/original/Ata de Registro de Pre&#231;os 238.2024 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497134/images/original/Ata de Registro de Pre&#231;os 240.2024 - S&amp;R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497135/images/original/Ata de Registro de Pre&#231;os 241.2024 - Santo Rem&#233;dio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497142/images/original/Ata de Registro de Pre&#231;os 242.2024 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497121/images/original/Ata de Registro de Pre&#231;os 243.2024 - Terra Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497126/images/original/Ata de Registro de Pre&#231;os 244.2024 - Top Norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497141/images/original/Ata de Registro de Pre&#231;os 245.2024 - Ultra Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497128/images/original/Ata de Registro de Pre&#231;os 246.2024 - Vict&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497161/images/original/Ata de Registro de Pre&#231;os 247.2024 - Vis&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497138/images/original/Ata de Registro de Pre&#231;os 248.2024 - Vitalmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497137/images/original/Ata de Registro de Pre&#231;os 249.2024 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518921/images/original/Ata de Registro de Pre&#231;os 01.2025 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528535/images/original/Ata de Registro de Pre&#231;os 016.2025 - Progresso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522341/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 225.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/630659/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 225.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/664449/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 225.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508356/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 202.2024 - Aglon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508334/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 206.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522292/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 206.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581996/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 206.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522291/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 206.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508716/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 223.2024 - ILG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583204/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 223.2024 - ILG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515706/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 248.2024 - Vitalmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524299/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 248.2024 - Vitalmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517426/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 219.2024 - F R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525818/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 222.2024 - Grams &amp; Grams.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543187/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 249.2024 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546164/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 214.2024 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/665928/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 215.2024 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546302/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 221.2024 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615551/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 214.2024 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/558150/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 235.2024 - Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581995/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 226.2024 - JT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/664173/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 226.2024 - JT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/556006/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 233.2024 - Metta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/586693/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 166.2024 - Rossi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598488/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 209.2024 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623684/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 208.2024 - Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623711/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 241.2024 - Santo Rem&#233;dio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/627031/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 201.2024 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495003/images/original/Ata de Registro de Pre&#231;os 177.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495007/images/original/Ata de Registro de Pre&#231;os 178.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495026/images/original/Ata de Registro de Pre&#231;os 179.2024 - CQC.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495006/images/original/Ata de Registro de Pre&#231;os 180.2024 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495014/images/original/Ata de Registro de Pre&#231;os 181.2024 - Intramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495015/images/original/Ata de Registro de Pre&#231;os 182.2024 - Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495016/images/original/Ata de Registro de Pre&#231;os 183.2024 - Flavio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495022/images/original/Ata de Registro de Pre&#231;os 184.2024 - Fufamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495005/images/original/Ata de Registro de Pre&#231;os 185.2024 - Genesio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495008/images/original/Ata de Registro de Pre&#231;os 186.2024 - Grams e Grams.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495020/images/original/Ata de Registro de Pre&#231;os 187.2024 - Isis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495019/images/original/Ata de Registro de Pre&#231;os 188.2024 - Kfmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495013/images/original/Ata de Registro de Pre&#231;os 189.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495011/images/original/Ata de Registro de Pre&#231;os 190.2024 - Maxxi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495021/images/original/Ata de Registro de Pre&#231;os 191.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495009/images/original/Ata de Registro de Pre&#231;os 192.2024 - Metta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495023/images/original/Ata de Registro de Pre&#231;os 194.2024 - Nutriport.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495004/images/original/Ata de Registro de Pre&#231;os 193.2024 - Nutri-ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495017/images/original/Ata de Registro de Pre&#231;os 195.2024 - Pharma Log.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495012/images/original/Ata de Registro de Pre&#231;os 196.2024 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495010/images/original/Ata de Registro de Pre&#231;os 197.2024 - Santo Remedio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495024/images/original/Ata de Registro de Pre&#231;os 198.2024 - Sulmedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495018/images/original/Ata de Registro de Pre&#231;os 199.2024 - Vis&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495025/images/original/Ata de Registro de Pre&#231;os 200.2024 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/510348/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 189.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/530414/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 200.2024 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551412/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 177.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551411/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 182.2024 - Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590290/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 182.2024 - Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598052/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 189.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490084/images/original/Ata de Registro de Pre&#231;os 173.2024 - Alfa_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490085/images/original/Ata de Registro de Pre&#231;os 174.2024 - Edgar Deon_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490086/images/original/Ata de Registro de Pre&#231;os 175.2024 - Geraldo Andreola_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490239/images/original/Ata de Registro de Pre&#231;os 130.2024 - 216.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490249/images/original/Ata de Registro de Pre&#231;os 131.2024 - 3S Vision.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490253/images/original/Ata de Registro de Pre&#231;os 132.2024 - A A Z.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490245/images/original/Ata de Registro de Pre&#231;os 133.2024 - Alg Rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490737/images/original/Ata de Registro de Pre&#231;os 134.2024 - ALP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490240/images/original/Ata de Registro de Pre&#231;os 135.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490241/images/original/Ata de Registro de Pre&#231;os 136.2024 - Atlantico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490236/images/original/Ata de Registro de Pre&#231;os 137.2024 - Bramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490739/images/original/Ata de Registro de Pre&#231;os 138.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490238/images/original/Ata de Registro de Pre&#231;os 139.2024 - Cirurgica Cavalhada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490742/images/original/Ata de Registro de Pre&#231;os 140.2024 - Cirurgica Lajeadense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490243/images/original/Ata de Registro de Precos 141.2024 - Cirurgica Sao Felipe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490244/images/original/Ata de Registro de Pre&#231;os 142.2024 - CMOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490242/images/original/Ata de Registro de Pre&#231;os 143.2024 - Cooperativa Unimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490267/images/original/Ata de Registro de Pre&#231;os 144.2024 - CQC.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490738/images/original/Ata de Registro de Pre&#231;os 145.2024 - Dentax.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490248/images/original/Ata de Registro de Pre&#231;os 146.2024 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490741/images/original/Ata de Registro de Pre&#231;os 147.2024 - DX.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490237/images/original/Ata de Registro de Pre&#231;os 148.2024 - ESF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490251/images/original/Ata de Registro de Pre&#231;os 149.2024 - F.A.P. Aleixo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490247/images/original/Ata de Registro de Pre&#231;os 150.2024 - Instramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490740/images/original/Ata de Registro de Pre&#231;os 151.2024 - IS 8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490255/images/original/Ata de Registro de Pre&#231;os 152.2024 - Isis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490262/images/original/Ata de Registro de Pre&#231;os 153.2024 - Johan.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490246/images/original/Ata de Registro de Pre&#231;os 154.2024 - Kientro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490260/images/original/Ata de Registro de Pre&#231;os 155.2024 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490250/images/original/Ata de Registro de Pre&#231;os 156.2024 - Martec.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490744/images/original/Ata de Registro de Pre&#231;os 157.2024 - Mastemedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490254/images/original/Ata de Registro de Pre&#231;os 158.2024 - Maxima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490268/images/original/Ata de Registro de Pre&#231;os 159.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490257/images/original/Ata de Registro de Pre&#231;os 160.2024 - Medylog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490259/images/original/Ata de Registro de Pre&#231;os 161.2024 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490743/images/original/Ata de Registro de Pre&#231;os 162.2024 - Molvimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490263/images/original/Ata de Registro de Pre&#231;os 163.2024 - Odontomedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490252/images/original/Ata de Registro de Pre&#231;os 164.2024 - Promedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490258/images/original/Ata de Registro de Pre&#231;os 165.2024 - Roberto de Conto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490265/images/original/Ata de Registro de Pre&#231;os 166.2024 - Rossi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490266/images/original/Ata de Registro de Pre&#231;os 167.2024 - Tech-Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490264/images/original/Ata de Registro de Pre&#231;os 168.2024 - Unamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490261/images/original/Ata de Registro de Pre&#231;os 169.2024 - Unique.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490256/images/original/Ata de Registro de Pre&#231;os 176.2024 - Verde.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499645/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 155.2024 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519368/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 155.2024 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499410/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 159.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521091/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 263.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548127/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 157.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528580/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 136.2024 - Atlantico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548350/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 163.2024 - Odontomedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/553658/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 136.2024 - Atlantico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543106/images/original/Ata de Registro de Pre&#231;os 017.2025 - Erimar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543433/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 137.2024 - Bramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546001/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 167.2024 - Tech-sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/547883/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 140.2024 - Cirurgica Lajeadense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629780/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 139.2024 - Cir&#250;rgica Cavalhada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629779/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 145.2024 - Dentax.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487360/images/original/Ata de Registro de Pre&#231;os 170.2024 - Dirceu_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487358/images/original/Ata de Registro de Pre&#231;os 171.2024 - Mateus_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487359/images/original/Ata de Registro de Pre&#231;os 172.2024 - Transm&#225;quinas_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486889/images/original/ARP 121.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486893/images/original/ARP 122.2024 - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524864/images/original/Aditivo 01.2025 ARP 124.2024 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486885/images/original/ARP 123.2024 - Fredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486891/images/original/ARP 124.2024 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486888/images/original/ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486887/images/original/ARP 126.2024 - SC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486886/images/original/ARP 127.2024 - SS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486890/images/original/ARP 128.2024 - Schwab.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486892/images/original/ARP 129.2024 - So Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524297/images/original/Aditivo 01.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524713/images/original/Aditivo 02.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524914/images/original/ARP 15.2025 - Zpneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528577/images/original/Aditivo 03.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/553660/images/original/Aditivo 04.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/579730/images/original/Aditivo 05.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623908/images/original/Aditivo 06.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528518/images/original/Aditivo 01.2025 ARP 121.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548415/images/original/Aditivo 02.2025 ARP 121.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557220/images/original/Aditivo 03.2025 ARP 121.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581483/images/original/Aditivo 04.2025 ARP 121.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/607147/images/original/Aditivo 05.2025 ARP 121.2024 - Belenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525561/images/original/Aditivo 01.2025 ARP 123.2024 - Fredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614420/images/original/Aditivo 02.2025 ARP 123.2024 - Fredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527083/images/original/Aditivo 01.2025 ARP 128.2024 - Schwab.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527090/images/original/Aditivo 01.2025 ARP 129.2024 - So Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599646/images/original/Aditivo 02.2025 ARP 129.2024 - So Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548717/images/original/Aditivo 01.2025 ARP 124.2024 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548716/images/original/Aditivo 02.2025 ARP 124.2024 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528077/images/original/Aditivo 01.2025 ARP 127.2024 - SS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528578/images/original/Aditivo 01.2025 ARP 122.2024  - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/549346/images/original/Aditivo 02.2025 ARP 122.2024 - Burica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/582061/images/original/Aditivo 03 2025 ARP 122.2024 - Burica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598770/images/original/Aditivo 04.2025 ARP 122.2024 - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/607482/images/original/Aditivo 05.2025 ARP 122.2024 - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623742/images/original/Aditivo 02.2025 ARP 15.2025 - Zpneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551254/images/original/Aditivo 01.2025 ARP 15.2025 - Zpneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581203/images/original/Aditivo 01.2025 ARP 126.2024 - SC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486319/images/original/Ata de Registro de Pre&#231;os 116.2024 - Dufilter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486321/images/original/Ata de Registro de Pre&#231;os 117.2024 - G.A..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486323/images/original/Ata de Registro de Pre&#231;os 118.2024 - Jomk.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486322/images/original/Ata de Registro de Pre&#231;os 119.2024 - MM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486320/images/original/Ata de Registro de Pre&#231;os 120.2024 - West Parts.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486009/images/original/Ata de Registro de Pre&#231;os 97.2024 - Gelcia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486011/images/original/Ata de Registro de Pre&#231;os 98.2024 - AM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486018/images/original/Ata de Registro de Pre&#231;os 99.2024 - Alpha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486012/images/original/Ata de Registro de Pre&#231;os 100.2024 - ARPL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486015/images/original/Ata de Registro de Pre&#231;os 101.2024 - BL Paper.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486023/images/original/Ata de Registro de Pre&#231;os 102.2024 - By Market.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486016/images/original/Ata de Registro de Pre&#231;os 103.2024 - Darlu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486017/images/original/Ata de Registro de Pre&#231;os 104.2024 - Jonathan Afonso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486010/images/original/Ata de Registro de Pre&#231;os 105.2024 - LDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486452/images/original/Ata de Registro de Pre&#231;os 106.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486019/images/original/Ata de Registro de Pre&#231;os 107.2024 - MBM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486024/images/original/Ata de Registro de Pre&#231;os 108.2024 - Multisul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486020/images/original/Ata de Registro de Pre&#231;os 109.2024 - NB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486022/images/original/Ata de Registro de Pre&#231;os 110.2024 - Oxxion.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486013/images/original/Ata de Registro de Pre&#231;os 111.2024 - POA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486026/images/original/Ata de Registro de Pre&#231;os 112.2024 - Sebmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486021/images/original/Ata de Registro de Pre&#231;os 113.2024 - Thais Moreira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486014/images/original/Ata de Registro de Pre&#231;os 114.2024 - WE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486025/images/original/Ata de Registro de Pre&#231;os 115.2024 - Ynemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515721/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 97.2024 - Gelcia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515722/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 103.2024 - Darlu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524991/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 104.2024 - By Market.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525483/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 99.2024 - Alpha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/595549/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 99.2024 - Alpha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525819/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 110.2024 - Oxxion.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543529/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 98.2024 - AM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548184/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 98.2024 - AM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546235/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 105.2024 - LDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/595556/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 98.2024 - AM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/552454/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 105.2024 - LDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548793/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 104.2024 - Jonathan Afonso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548987/images/original/Ata de Registro de Pre&#231;os 26.2025 - Bar&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/549400/images/original/Ata de Registro de Pre&#231;os 27.2025 - Novo Horizonte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/561051/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 100.2024 - ARPL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581276/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 114.2024 - WE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/484792/images/original/Ata de Registro de Pre&#231;os 96.2024 - Oxi Caxias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485085/images/original/Ata de Registro de Pre&#231;os 95.2024 - SMP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485086/images/original/Ata de Registro de Pre&#231;os 94.2024 - LLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/477659/images/original/Ata de Registro de Pre&#231;os 92.2024 - Autolocadora Mlinck_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/477660/images/original/Ata de Registro de Pre&#231;os 93.2024 - Localiza_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476669/images/original/Ata de Registro de Pre&#231;os 78.2024 - Berlin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476679/images/original/Ata de Registro de Pre&#231;os 79.2024 - CJC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476673/images/original/Ata de Registro de Pre&#231;os 80.2024 - Comercial de Distribuidora Pianco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476677/images/original/Ata de Registro de Pre&#231;os 81.2024 - Delvalle Materiais El&#233;tricos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476676/images/original/Ata de Registro de Pre&#231;os 82.2024 - Dfer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476674/images/original/Ata de Registro de Pre&#231;os 83.2024 - Globexx do Brasil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476681/images/original/Ata de Registro de Pre&#231;os 84.2024 - Instalart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476675/images/original/Ata de Registro de Pre&#231;os 85.2024 - JK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476678/images/original/Ata de Registro de Pre&#231;os 86.2024 - Ledluz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476671/images/original/Ata de Registro de Pre&#231;os 87.2024 - Light Volt.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476682/images/original/Ata de Registro de Pre&#231;os 88.2024 - Meps.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476670/images/original/Ata de Registro de Precos 89.2024 - Miriam.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476672/images/original/Ata de Registro de Pre&#231;os 90.2024 - Plenitude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476680/images/original/Ata de Registro de Pre&#231;os 91.2024 - ProforteX.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515927/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 91.2024 - Proforte-X.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/609497/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 82.2024 - Dfer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/610619/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 84.2024 - Instalart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470738/images/original/Ata de Registro de Pre&#231;os 77.2024 - Minera&#231;&#227;o Florense_Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470499/images/original/Ata de Registro de Pre&#231;os 71.2024 - Artefatos de Cimento Jung.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470503/images/original/Ata de Registro de Pre&#231;os 72.2024 - Concretos do Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470504/images/original/Ata de Registro de Pre&#231;os 73.2024 - Derivados de Cimento Tuboforte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470501/images/original/Ata de Registro de Pre&#231;os 74.2024 - Tilu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470500/images/original/Ata de Registro de Pre&#231;os 75.2024 - Transconcretos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470502/images/original/Ata de Registro de Pre&#231;os 76.2024 - Tubossinos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466577/images/original/Ata de Registro de Pre&#231;os 69.2024 - PDN_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466576/images/original/Ata de Registro de Pre&#231;os 70.2024 - Verlin_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495702/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 69.2024 - PDN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467953/images/original/Ata de Registro de Pre&#231;o 57.2024 - Cazaben.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467957/images/original/Ata de Registro de Pre&#231;o 58.2024 - Fisiolife.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467954/images/original/Ata de Registro de Pre&#231;o 59.2024 - Gigante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467955/images/original/Ata de Registro de Pre&#231;o 60.2024 - Guilherme.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467960/images/original/Ata de Registro de Pre&#231;o 61.2024 - I.S. Costa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467958/images/original/Ata de Registro de Pre&#231;o 62.2024 - M.K.R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467963/images/original/Ata de Registro de Pre&#231;o 63.2024 - Mac.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469682/images/original/Ata de Registro de Pre&#231;o 64.2024 - Medefe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467956/images/original/Ata de Registro de Pre&#231;o 65.2024 - Medmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467961/images/original/Ata de Registro de Pre&#231;o 66.2024 - MZZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467959/images/original/Ata de Registro de Pre&#231;o 67.2024 - Suprilab.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467962/images/original/Ata de Registro de Pre&#231;o 68.2024 - Tech-Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/493414/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 65.2024 - Medmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499429/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 65.2024 - Medmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/492547/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 68.2024 - Tech-sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466682/images/original/Ata de Registro de Pre&#231;o 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466685/images/original/Ata de Registro de Pre&#231;o 51.2024 - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466686/images/original/Ata de Registro de Pre&#231;o 52.2024 - Fredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466688/images/original/Ata de Registro de Pre&#231;o 53.2024 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466687/images/original/Ata de Registro de Pre&#231;o 54.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466684/images/original/Ata de Registro de Pre&#231;o 55.2024 - SC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466683/images/original/Ata de Registro de Pre&#231;o 56.2024 - Zpneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/526987/images/original/Aditivo 01.2025 ARP 52.2024 - Fredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521600/images/original/Aditivo 01.2025 ARP 54.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584386/images/original/Aditivo 02.2025 ARP 54.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528520/images/original/Aditivo 01.2025 ARP 51.2024 - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527874/images/original/Aditivo 01.2025 ARP 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528519/images/original/Aditivo 02.2025 ARP 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545094/images/original/Aditivo 03.2025 ARP 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584179/images/original/Aditivo 04.2025 ARP 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605574/images/original/Aditivo 05.2025 ARP 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584962/images/original/Aditivo 01.2025 ARP 56.2024 - Zpneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454846/images/original/Ata de Registro de Pre&#231;o 47.2024 - Infinity_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/588107/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 47.2024 - Infinity_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/458362/images/original/Ata de Registro de Pre&#231;o 44.2024 - Eltek_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/458623/images/original/Ata de Registro de Pre&#231;o 45.2024 - Importa Full_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/458363/images/original/Ata de Registro de Pre&#231;o 46.2024 - Jo&#227;o_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/452235/images/original/Ata de Registro de Pre&#231;o 41.2024 - Romano_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/452236/images/original/Ata de Registro de Pre&#231;o 42.2024 - Querodiesel_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450360/images/original/Ata de Registro de Pre&#231;o 39.2024 - De Nigris_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450359/images/original/Ata de Registro de Pre&#231;o 40.2024 - Guaracar_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517687/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 40.2024 - Guaracar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450961/images/original/Ata de Registro de Pre&#231;o 38.2024 - Transrio_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450962/images/original/Ata de Registro de Pre&#231;o 37.2024 - Mattana_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/445693/images/original/Ata de Registro de Pre&#231;os 34.2024 - Guaracar_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/475356/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 34.2024 - Guaracar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/509025/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 34.2024 - Guaracar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515731/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 34.2024 - Guaracar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/445695/images/original/Ata de Registro de Pre&#231;os 35.2024 - Mobile_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/445690/images/original/Ata de Registro de Pre&#231;os 36.2024 - Nissan_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412579/images/original/Ata de Registro de Pre&#231;o 22.2024 - Cabana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412581/images/original/Ata de Registro de Pre&#231;o 23.2024 - Claudia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412580/images/original/Ata de Registro de Pre&#231;o 24.2024 - Comepi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412586/images/original/Ata de Registro de Pre&#231;o 25.2024 - Faccina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412582/images/original/Ata de Registro de Pre&#231;o 26.2024 - Fenix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412585/images/original/Ata de Registro de Pre&#231;o 27.2024 - GDC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412584/images/original/Ata de Registro de Pre&#231;o 28.2024 - Mastersul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412583/images/original/Ata de Registro de Pre&#231;o 29.2024 - MDX.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412588/images/original/Ata de Registro de Pre&#231;o 30.2024 - MGS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412590/images/original/Ata de Registro de Pre&#231;o 31.2024 - R.J.E.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412587/images/original/Ata de Registro de Pre&#231;o 32.2024 - RP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412589/images/original/Ata de Registro de Pre&#231;o 33.2024 - Sul.com.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/398593/images/original/Ata de Registro de Pre&#231;o 21.2024 - Gibbor_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520122/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 21.2024 - Gibbor_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525556/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 21.2024 - Gibbor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391861/images/original/Ata de Registro de Pre&#231;os 01.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391863/images/original/Ata de Registro de Pre&#231;os 02.2024 - Carlos Henrique Lussani.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391862/images/original/Ata de Registro de Pre&#231;os 03.2024 - Douglas Alan.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391866/images/original/Ata de Registro de Pre&#231;os 04.2024 - Facilita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391869/images/original/Ata de Registro de Pre&#231;os 05.2024 - Ga&#250;cha Com&#233;rcio de Colch&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391865/images/original/Ata de Registro de Pre&#231;os 06.2024 - Helpfix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391867/images/original/Ata de Registro de Pre&#231;os 09.2024 - Leonardo Perfeito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391871/images/original/Ata de Registro de Precos 10.2024 - Livraria do Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391870/images/original/Ata de Registro de Pre&#231;os 11.2024 - MF Machado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391873/images/original/Ata de Registro de Pre&#231;os 12.2024 - Mega Papelaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/392046/images/original/Ata de Registro de Pre&#231;os 13.2024 - Moresco e Antunes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391864/images/original/Ata de Registro de Pre&#231;os 07.2024 - I9 Com&#233;rcio de Suprimentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391868/images/original/Ata de Registro de Pre&#231;os 08.2024 - JR2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391872/images/original/Ata de Registro de Pre&#231;os 14.2024 - Priscila Rauber.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391879/images/original/Ata de Registro de Pre&#231;os 15.2024 - Rc Ramos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391876/images/original/Ata de Registro de Pre&#231;os 16.2024 - Shopping do Instalador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391874/images/original/Ata de Registro de Pre&#231;os 17.2024 - Start.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391880/images/original/Ata de Registro de Pre&#231;os 18.2024 - TB Suprimentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391877/images/original/Ata de Registro de Pre&#231;os 19.2024 - Top Esporte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391875/images/original/Ata de Registro de Pre&#231;os 20.2024 - Zappe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/404290/images/original/Aditivo 01 Ata de Registro de Pre&#231;o 10.2024 - Livraria do Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453812/images/original/Aditivo 02 Ata de Registro de Preco 10.2024 - Livraria do Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411450/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 07.2024 - I9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411454/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 06.2024 - Helpix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453463/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 06.2024 - Helpix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385605/images/original/Ata de Registro de Pre&#231;os 224.2023 - A2XR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385611/images/original/Ata de Registro de Pre&#231;os 225.2023 - Absoluta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385607/images/original/Ata de Registro de Pre&#231;os 226.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385606/images/original/Ata de Registro de Pre&#231;os 227.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385608/images/original/Ata de Registro de Pre&#231;os 228.2023 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385612/images/original/Ata de Registro de Pre&#231;os 229.2023 - Cirurgica Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385613/images/original/Ata de Registro de Pre&#231;os 230.2023 - Claudia Cristiani.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385609/images/original/Ata de Registro de Pre&#231;os 231.2023 - Dental Higix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385610/images/original/Ata de Registro de Pre&#231;os 232.2023 - Dental Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385615/images/original/Ata de Registro de Pre&#231;os 233.2023 - Dentax.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385614/images/original/Ata de Registro de Pre&#231;os 234.2023 - Diab&#233;ticos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385616/images/original/Ata de Registro de Pre&#231;os 235.2023 - Distribuidora Agua Boa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385620/images/original/Ata de Registro de Pre&#231;os 236.2023 - E.C.S..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385617/images/original/Ata de Registro de Pre&#231;os 237.2023 - Endogerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385618/images/original/Ata de Registro de Pre&#231;os 238.2023 - Farmodonto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385619/images/original/Ata de Registro de Pre&#231;os 239.2023 - Juliano de Costa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385621/images/original/Ata de Registro de Pre&#231;os 240.2023 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385624/images/original/Ata de Registro de Pre&#231;os 241.2023 - M.M. Capellaro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385628/images/original/Ata de Registro de Pre&#231;os 242.2023 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385625/images/original/Ata de Registro de Pre&#231;os 243.2023 - MCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385629/images/original/Ata de Registro de Pre&#231;os 244.2023 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385623/images/original/Ata de Registro de Pre&#231;os 245.2023 - Medfio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385631/images/original/Ata de Registro de Pre&#231;os 246.2023 - Noeli.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385630/images/original/Ata de Registro de Pre&#231;os 247.2023 - Odontomed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385622/images/original/Ata de Registro de Pre&#231;os 248.2023 - Odontomedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385626/images/original/Ata de Registro de Pre&#231;os 249.2023 - Prioritta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385627/images/original/Ata de Registro de Pre&#231;os 250.2023 - VRM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411446/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 227.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469737/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 227.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454713/images/original/Ata de Registro de Pre&#231;os 43.2024 - Vero.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/455946/images/original/Ata de Registro de Pre&#231;os 49.2024 - Medpoa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470672/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 240.2023 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470674/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 240.2023 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/484380/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 250.2023 - VRM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/357734/images/original/Ata de Registro de Pre&#231;os 221.2023 - Edgar Deon_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/357735/images/original/Ata de Registro de Pre&#231;os 222.2023 - Geraldo Andreola_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367472/images/original/Ata de Registro de Pre&#231;os 174.2023 - AG Kienen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367471/images/original/Ata de Registro de Pre&#231;os 175.2023 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367488/images/original/Ata de Registro de Pre&#231;os 176.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367473/images/original/Ata de Registro de Pre&#231;os 177.2023 - Ampla.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367474/images/original/Ata de Registro de Pre&#231;os 178.2023 - Bellpharma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367484/images/original/Ata de Registro de Pre&#231;os 179.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367498/images/original/Ata de Registro de Pre&#231;os 181.2023 - Cirurgica Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367468/images/original/Ata de Registro de Pre&#231;os 182.2023 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367499/images/original/Ata de Registro de Pre&#231;os 183.2023 - Comercial Cirurgica Rioclarense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367493/images/original/Ata de Registro de Pre&#231;os 184.2023 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367506/images/original/Ata de Registro de Pre&#231;os 185.2023 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367470/images/original/Ata de Registro de Pre&#231;os 186.2023 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367487/images/original/Ata de Registro de Pre&#231;os 188.2023 - Distribuidora de Medicamentos Backes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367469/images/original/Ata de Registro de Pre&#231;os 189.2023 - DL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367476/images/original/Ata de Registro de Pre&#231;os 190.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367467/images/original/Ata de Registro de Pre&#231;os 191.2023 - Fullfarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367509/images/original/Ata de Registro de Pre&#231;os 192.2023 - Gen&#233;sio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367507/images/original/Ata de Registro de Pre&#231;os 193.2023 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367486/images/original/Ata de Registro de Pre&#231;os 195.2023 - LH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367483/images/original/Ata de Registro de Pre&#231;os 194.2023 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367475/images/original/Ata de Registro de Pre&#231;os 196.2023 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367480/images/original/Ata de Registro de Pre&#231;os 197.2023 - M D G (CONDESUS).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367485/images/original/Ata de Registro de Pre&#231;os 198.2023 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367481/images/original/Ata de Registro de Pre&#231;os 199.2023 - MED4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367511/images/original/Ata de Registro de Pre&#231;os 200.2023 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367494/images/original/Ata de Registro de Pre&#231;os 201.2023 - Mediton.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367479/images/original/Ata de Registro de Pre&#231;os 202.2023 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367478/images/original/Ata de Registro de Pre&#231;os 203.2023 - Metta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367491/images/original/Ata de Registro de Pre&#231;os 204.2023 - MG2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367508/images/original/Ata de Registro de Pre&#231;os 205.2023 - Noeli.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367492/images/original/Ata de Registro de Pre&#231;os 180.2023 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367500/images/original/Ata de Registro de Pre&#231;os 206.2023 - Nova Medicamentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367503/images/original/Ata de Registro de Pre&#231;os 207.2023 - Nova Oeste.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367489/images/original/Ata de Registro de Pre&#231;os 208.2023 - Nutri-Ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367502/images/original/Ata de Registro de Pre&#231;os 209.2023 - Nunesfarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367465/images/original/Ata de Registro de Precos 210.2023 - Ocian.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367501/images/original/Ata de Registro de Pre&#231;os 211.2023 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367504/images/original/Ata de Registro de Pre&#231;os 213.2023 - Prosa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367477/images/original/Ata de Registro de Pre&#231;os 214.2023 - Pharma Log.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367497/images/original/Ata de Registro de Pre&#231;os 215.2023 - RCC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367466/images/original/Ata de Registro de Pre&#231;os 216.2023 - RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367490/images/original/Ata de Registro de Pre&#231;os 217.2023 - S&amp;R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367495/images/original/Ata de Registro de Pre&#231;os 218.2023 - Stock Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367510/images/original/Ata de Registro de Pre&#231;os 219.2023 - Top Norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367482/images/original/Ata de Registro de Pre&#231;os 220.2023 - Werbran.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/406924/images/original/Aditivo Ata de Registro de Pre&#231;o 175.2023 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/464429/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 175.2023 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/408476/images/original/Reclassifica&#231;&#227;o 01.2024 Ata de Registro de Pre&#231;o 187.2023 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/494719/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 187.2023 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415958/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 211.2023 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/418034/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 211.2023 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451943/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 211.2023 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470918/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 174.2023 - AG Kienen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367505/images/original/Ata de Registro de Pre&#231;os 187.2023 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415621/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 184.2023 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416520/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 193.2023 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416571/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 179.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/480086/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 179.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446825/images/original/Aditivo 01.2024 Ata de Registro de Preco 210.2023 - Ocian.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469452/images/original/Aditivo 02.2024 Ata de Registro de Preco 210.2023 - Ocian.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367496/images/original/Ata de Registro de Pre&#231;os 212.2023 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447897/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 190.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448188/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 204.2023 - MG2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448186/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 204.2023 - MG2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448189/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 200.2023 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453134/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 200.2023 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469812/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 200.2023 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451565/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 182.2023 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416170/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 204.2023 - MG2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/452747/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 216.2023 - Soma-RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/480087/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 216.2023 - Soma-RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487377/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 216.2023 - Soma-RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466170/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 212.2023 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466347/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 206.2023 - Nova Medicamentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466358/images/original/Ata de Registro de Pre&#231;os 176.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483410/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 176.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/471081/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 181.2023 - Cirurgica Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/479522/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 185.2023 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485703/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 194.2023 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485702/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 194.2023 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/493416/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 194.2023 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469898/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 206.2023 - Nova Medicamentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/493415/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 198.2023 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/494836/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 186.2023 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367905/images/original/Ata de Registro de Pre&#231;os 153.2023 - A M.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367898/images/original/Ata de Registro de Pre&#231;os 154.2023 - AJP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367902/images/original/Ata de Registro de Pre&#231;os 155.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367910/images/original/Ata de Registro de Pre&#231;os 156.2023 - BL Paper.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367897/images/original/Ata de Registro de Pre&#231;os 157.2023 - Com. Atacadista Ilha Bela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367908/images/original/Ata de Registro de Pre&#231;os 158.2023 - Copapel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367900/images/original/Ata de Registro de Pre&#231;os 159.2023 - Deloski.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367896/images/original/Ata de Registro de Pre&#231;os 160.2023 - Ecorecicla.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367916/images/original/Ata de Registro de Pre&#231;os 161.2023 - Fortpel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367899/images/original/Ata de Registro de Pre&#231;os 162.2023 - Impar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367904/images/original/Ata de Registro de Pre&#231;os 163.2023 - La Maison.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367911/images/original/Ata de Registro de Precos 164.2023 - Livraria do Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367901/images/original/Ata de Registro de Pre&#231;os 165.2023 - Luis Cesar do Nascimento Gomes_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367915/images/original/Ata de Registro de Pre&#231;os 166.2023 - Novo Horizonte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367903/images/original/Ata de Registro de Pre&#231;os 167.2023 - POA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367906/images/original/Ata de Registro de Pre&#231;os 168.2023 - Revendedora Correia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367909/images/original/Ata de Registro de Pre&#231;os 169.2023 - Roberto de Conto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367907/images/original/Ata de Registro de Pre&#231;os 170.2023 - Teles Solu&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367914/images/original/Ata de Registro de Pre&#231;os 171.2023 - Thais Moreira Castillo Escher.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367912/images/original/Ata de Registro de Pre&#231;os 172.2023 - WE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367913/images/original/Ata de Registro de Pre&#231;os 173.2023 - Zoom.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446318/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 170.2023 - Teles Solu&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447734/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 170.2023 - Teles Solu&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487010/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 170.2023 - Teles Solu&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447725/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 161.2023 - Fortpel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447726/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 161.2023 - Fortpel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486946/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 162.2023 - Impar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/350784/images/original/Ata de Registro de Pre&#231;os 152.2023 - BOOL_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349218/images/original/Ata de Registro de Pre&#231;os 133.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349225/images/original/Ata de Registro de Pre&#231;os 134.2023 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349224/images/original/Ata de Registro de Pre&#231;os 135.2023 - Cirurgica Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349220/images/original/Ata de Registro de Pre&#231;os 136.2023 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349223/images/original/Ata de Registro de Pre&#231;os 137.2023 - Comercial Cirurgica Rioclarense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349231/images/original/Ata de Registro de Pre&#231;os 138.2023 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349222/images/original/Ata de Registro de Pre&#231;os 139.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349226/images/original/Ata de Registro de Pre&#231;os 140.2023 - Fufamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349229/images/original/Ata de Registro de Pre&#231;os 141.2023 - Gen&#233;sio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349221/images/original/Ata de Registro de Pre&#231;os 142.2023 - Kfmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349219/images/original/Ata de Registro de Pre&#231;os 143.2023 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349234/images/original/Ata de Registro de Pre&#231;os 144.2023 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349236/images/original/Ata de Registro de Pre&#231;os 145.2023 - Nutriport.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349235/images/original/Ata de Registro de Pre&#231;os 146.2023 - Onco Prod.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349227/images/original/Ata de Registro de Pre&#231;os 147.2023 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349228/images/original/Ata de Registro de Pre&#231;os 148.2023 - Pharma Log.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349230/images/original/Ata de Registro de Pre&#231;os 149.2023 - S&amp;R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349232/images/original/Ata de Registro de Pre&#231;os 150.2023 - Vict&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349233/images/original/Ata de Registro de Pre&#231;os 151.2023 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/404247/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 139.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450898/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 139.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/455288/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 139.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/406011/images/original/Reclassifica&#231;&#227;o 01.2024 Ata de Registro de Pre&#231;o 134.2023 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417761/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 150.2023 - Vict&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450916/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 143.2023 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/347977/images/original/Ata de Registro de Pre&#231;os 128.2023 - Conceito_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/347975/images/original/Ata de Registro de Pre&#231;os 129.2023 - Dufilter_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/347978/images/original/Ata de Registro de Pre&#231;os 130.2023 - Jomk_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/347979/images/original/Ata de Registro de Pre&#231;os 131.2023 - Mega_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/347976/images/original/Ata de Registro de Pre&#231;os 132.2023 - Store_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/329039/images/original/Ata de Registro de Pre&#231;os 127.2023 - White Martins_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/329040/images/original/Ata de Registro de Pre&#231;os 126.2023 - Oxi Caxias_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/318219/images/original/Ata de Registro de Pre&#231;os 125.2023 - CONSTRUCOES E PAVIMENTACOES LLA LTDA_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451459/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 125.2023 - CONSTRUCOES E PAVIMENTACOES LLA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320307/images/original/Ata de Registro de Pre&#231;os 107.2023 - Allume.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320309/images/original/Ata de Registro de Pre&#231;os 108.2023 - BA Luz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320312/images/original/Ata de Registro de Pre&#231;os 109.2023 - Delvalle.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320317/images/original/Ata de Registro de Pre&#231;os 110.2023 - DMP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320310/images/original/Ata de Registro de Pre&#231;os 111.2023 - DW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320315/images/original/Ata de Registro de Pre&#231;os 112.2023 - Ecolumen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320313/images/original/Ata de Registro de Pre&#231;os 113.2023 - F-Commerce.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320314/images/original/Ata de Registro de Pre&#231;os 114.2023 - Instalart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320311/images/original/Ata de Registro de Pre&#231;os 115.2023 - JCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320321/images/original/Ata de Registro de Pre&#231;os 116.2023 - LAM Castle.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320308/images/original/Ata de Registro de Pre&#231;os 117.2023 - Lurosan.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320320/images/original/Ata de Registro de Pre&#231;os 119.2023 - Mork Solar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320316/images/original/Ata de Registro de Pre&#231;os 120.2023 - N-Led.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320322/images/original/Ata de Registro de Pre&#231;os 121.2023 - Riwo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320323/images/original/Ata de Registro de Pre&#231;os 122.2023 - Sinces.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320319/images/original/Ata de Registro de Pre&#231;os 123.2023 - Slotko.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320318/images/original/Ata de Registro de Pre&#231;os 124.2023 - S&#243;lida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/314674/images/original/Ata de Registro de Pre&#231;os 106.2023 - Minera&#231;&#227;o Florence_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/314882/images/original/Ata de Registro de Pre&#231;os 104.2023 - MLINCK_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/314883/images/original/Ata de Registro de Pre&#231;os 105.2023 - TRANSVEPAR_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320449/images/original/Ata de Registro de Pre&#231;os 46.2023 - A C L.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320456/images/original/Ata de Registro de Pre&#231;os 47.2023 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320461/images/original/Ata de Registro de Pre&#231;os 48.2023 - ALTERMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320454/images/original/Ata de Registro de Pre&#231;os 49.2023 - ANGULAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320453/images/original/Ata de Registro de Pre&#231;os 50.2023 - ATUAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320533/images/original/Ata de Registro de Pre&#231;os 51.2023 - AUTOMX.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320455/images/original/Ata de Registro de Pre&#231;os 52.2023 - CEPALAB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320460/images/original/Ata de Registro de Pre&#231;os 53.2023 - CIRUPAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320450/images/original/Ata de Registro de Pre&#231;os 54.2023 - CIRURGICA CERON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320451/images/original/Ata de Registro de Pre&#231;os 55.2023 - CIRURGICA LAJEADENSE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320464/images/original/Ata de Registro de Pre&#231;os 56.2023 - CIRURGICA SANTA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320452/images/original/Ata de Registro de Pre&#231;os 57.2023 - CLAUDIA CRISTIANI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320458/images/original/Ata de Registro de Pre&#231;os 58.2023 - CMOS DRAKE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320478/images/original/Ata de Registro de Pre&#231;os 59.2023 - COOPERATIVA CENTRAL UNIMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320459/images/original/Ata de Registro de Pre&#231;os 60.2023 - CQC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320462/images/original/Ata de Registro de Pre&#231;os 61.2023 - CRIST&#193;LIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320463/images/original/Ata de Registro de Pre&#231;os 62.2023 - DELTA SHOP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320457/images/original/Ata de Registro de Pre&#231;os 63.2023 - DIMASTER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320466/images/original/Ata de Registro de Pre&#231;os 64.2023 - DISMATH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320468/images/original/Ata de Registro de Pre&#231;os 65.2023 - DOC MED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320465/images/original/Ata de Registro de Pre&#231;os 66.2023 - ENDOGERAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320467/images/original/Ata de Registro de Pre&#231;os 67.2023 - ELISVANDIA MATOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320496/images/original/Ata de Registro de Pre&#231;os 68.2023 - FATO IMPORTADORA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320469/images/original/Ata de Registro de Pre&#231;os 69.2023 - FIVE MEDICAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320474/images/original/Ata de Registro de Precos 70.2023 - FRANCILENE RAMALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320476/images/original/Ata de Registro de Pre&#231;os 71.2023 - FUFAMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320470/images/original/Ata de Registro de Pre&#231;os 72.2023 - GD ATACADISTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320471/images/original/Ata de Registro de Pre&#231;os 73.2023 - GENIAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320481/images/original/Ata de Registro de Pre&#231;os 74.2023 - GOLDENPLUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320475/images/original/Ata de Registro de Pre&#231;os 75.2023 - IMPERIUM MED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320479/images/original/Ata de Registro de Pre&#231;os 76.2023 - IMUNE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320473/images/original/Ata de Registro de Pre&#231;os 77.2023 - INOVAMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320472/images/original/Ata de Registro de Pre&#231;os 78.2023 - IS 8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320477/images/original/Ata de Registro de Pre&#231;os 79.2023 - JAB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320488/images/original/Ata de Registro de Pre&#231;os 80.2023 - JOHAN &amp; STEFANI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320486/images/original/Ata de Registro de Pre&#231;os 81.2023 - L.A. DALLA PORTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320483/images/original/Ata de Registro de Pre&#231;os 82.2023 - MASTERMEDIC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320489/images/original/Ata de Registro de Pre&#231;os 83.2023 - MASTERSUL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320482/images/original/Ata de Registro de Pre&#231;os 84.2023 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320485/images/original/Ata de Registro de Pre&#231;os 85.2023 - MED4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320480/images/original/Ata de Registro de Pre&#231;os 86.2023 - MEDBRANDS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320484/images/original/Ata de Registro de Pre&#231;os 87.2023 - MEDEFE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320497/images/original/Ata de Registro de Pre&#231;os 88.2023 - MEDILAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320490/images/original/Ata de Registro de Pre&#231;os 89.2023 - MEDPOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320491/images/original/Ata de Registro de Pre&#231;os 90.2023 - MEDSANTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320492/images/original/Ata de Registro de Pre&#231;os 92.2023 - MOGI MEDICAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320487/images/original/Ata de Registro de Pre&#231;os 93.2023 - NGD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320494/images/original/Ata de Registro de Pre&#231;os 94.2023 - NOELI VIEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320495/images/original/Ata de Registro de Pre&#231;os 95.2023 - ODONTOMEDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320501/images/original/Ata de Registro de Pre&#231;os 96.2023 - ORTHO PAUHER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320505/images/original/Ata de Registro de Pre&#231;os 97.2023 - PRIORITTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320498/images/original/Ata de Registro de Pre&#231;os 98.2023 - PRODUVALE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320502/images/original/Ata de Registro de Pre&#231;os 99.2023 - RAPIDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320503/images/original/Ata de Registro de Pre&#231;os 100.2023 - RS PRODUTOS HOSPITALARES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320504/images/original/Ata de Registro de Pre&#231;os 101.2023 - SAAVEDRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320499/images/original/Ata de Registro de Pre&#231;os 102.2023 - TOP NORTE.pdf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320500/images/original/Ata de Registro de Pre&#231;os 103.2023 - UDILIFE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320493/images/original/Ata de Registro de Pre&#231;os 91.2023 - METROMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410356/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 100.2023 - RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417922/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 100.2023 - RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411147/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 72.2023 - GD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/413742/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 72.2023 - GD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/413660/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 81.2023 - L.A. DALLA PORTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417882/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 81.2023 - L.A. DALLA PORTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/414442/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 48.2023 - ALTERMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/414410/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 48.2023 - ALTERMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416286/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 88.2023 - MEDILAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417015/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 87.2023 - MEDEFE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/455459/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 88.2023 - MEDILAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417934/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 82.2023 - MASTERMEDIC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448875/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 87.2023 - MEDEFE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446365/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 90.2023 - MEDSANTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446824/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 93.2023 - NGD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448615/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 98.2023 - PRODUVALE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/449703/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 94.2023 - NOELI VIEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/455381/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 91.2023 - METROMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/458109/images/original/Ata de Registro de Pre&#231;os 48.2024 - CENTERMEDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312827/images/original/Ata de Registro de Precos 38.2023 - Bellenzier Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312829/images/original/Ata de Registro de Pre&#231;os 39.2023 - Comercial Nova Era.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312828/images/original/Ata de Registro de Pre&#231;os 40.2023 - Milano Comercio de Pneum&#225;ticos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312834/images/original/Ata de Registro de Pre&#231;os 41.2023 - Multi Comercio de Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312833/images/original/Ata de Registro de Pre&#231;os 42.2023 - Nacional Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312831/images/original/Ata de Registro de Pre&#231;os 43.2023 - Rodamax Comercio de Pneus CONDESUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312830/images/original/Ata de Registro de Precos 44.2023 - Schwab Comercio de Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312832/images/original/Ata de Registro de Pre&#231;os 45.2023 - S&#243; Pneus Comercial Automotivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/378021/images/original/Ata de Registro de Pre&#231;os 223.2023 - Modelo Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/310828/images/original/Ata de Registro de Pre&#231;os 37.2023 - SIM Rede de Postos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/458685/images/original/Aditivo n&#186; 01.2024 Ata de Registro de Pre&#231;o n&#186; 37.2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/296841/images/original/Ata de Registro de Pre&#231;o 36.2023 - &#211;leo Diesel (Querodiesel)_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/304243/images/original/Aditivo Ata de Registro de Pre&#231;o 36.2023 - &#211;leo Diesel (Querodiesel)_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/296270/images/original/Ata de Registro de Pre&#231;o 34.2023 - Tubos de Concreto (RS Concretos)_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/296269/images/original/Ata de Registro de Pre&#231;o 35.2023 - Tubos de Concreto (Tilu)_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/296271/images/original/Ata de Registro de Pre&#231;o 33.2023 - Tubos de Concreto (Moamar)_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/293142/images/original/Ata de Registro de Pre&#231;o n&#186; 32.2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446368/images/original/Aditivo n&#186; 01.2024 Ata de Registro de Pre&#231;o n&#186; 32.2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/291679/images/original/Ata de Registro de Pre&#231;o 31.2023 - CARLA PORTOLAN ASSINADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/290198/images/original/Despacho - Superar e Gervasio (Cancelamento ARP's).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288677/images/original/Ata de Registro de Pre&#231;o 29.2023 - Materiais de Inform&#225;tica e Aparelhos de Ar-condicionado (Superar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288678/images/original/Ata de Registro de Pre&#231;o 27.2023 - Materiais de Inform&#225;tica e Aparelhos de Ar-condicionado (Nedel).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288676/images/original/Ata de Registro de Pre&#231;o 26.2023 - Materiais de Inform&#225;tica e Aparelhos de Ar-condicionado (Microt&#233;cnica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288675/images/original/Ata de Registro de Pre&#231;o 25.2023 - Materiais de Inform&#225;tica e Aparelhos de Ar-condicionado (Verlin).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288673/images/original/Ata de Registro de Pre&#231;o n&#186; 04.2023 (Mattana)_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288668/images/original/Ata de Registro de Pre&#231;o n&#186; 03.2023 - Ve&#237;culos (CKS).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288669/images/original/Ata de Registro de Pre&#231;o n&#186; 03.2023 - Ve&#237;culos (Via Porto).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288670/images/original/Ata de Registro de Pre&#231;o n&#186; 03.2023 - Ve&#237;culos (GM).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288671/images/original/Ata de Registro de Pre&#231;o n&#186; 03.2023 - Ve&#237;culos (JCB).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288672/images/original/Ata de Registro de Pre&#231;o n&#186; 03.2023 - Ve&#237;culos (Guaracar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288470/images/original/Ata-de-Registro-de-Pre&#231;o-n&#186;-02.2023-Coffee-break-Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288469/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Appropriato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288468/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Boing.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288467/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Boni.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288466/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-C.-Gazola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288465/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Carlos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288464/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Dicapel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288462/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Helpfix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288461/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Kleber.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288455/images/original/Ata-de-Registro-de-Precos-01.2023-Livraria-do-Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288454/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-M.L.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288453/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Mais-Esporte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288452/images/original/Ata-de-Registro-de-Precos-01.2023-Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288451/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-New-Home.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/730909/images/original/ARP 02.2026 - Public_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/730911/images/original/ARP 01.2026 - Departamento de Publica&#231;&#245;es Bras&#237;lia_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711442/images/original/ARP 379.2025 - Bertinatto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711444/images/original/ARP 380.2025 - Distribuidora Meridional.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711445/images/original/ARP 381.2025 - GRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711443/images/original/ARP 382.2025 - Viemaq.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711446/images/original/ARP 383.2025 - X Brasil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/728938/images/original/Despacho Suspens&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707535/images/original/ARP 344.2025 - A2XR condesus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707562/images/original/ARP 345.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/708113/images/original/ARP 346.2025 - Athena.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707541/images/original/ARP 347.2025 - Bimex.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711656/images/original/ARP 348.2025 - Bio Logica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707559/images/original/ARP 349.2025 - Lajeadense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707558/images/original/ARP 350.2025 - Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/712031/images/original/ARP 351.2025 - Dental Higix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707548/images/original/ARP 352.2025 - Dental Ipo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707565/images/original/ARP 353.2025 - Dental Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707557/images/original/ARP 354.2025 - Dental Med Plus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707550/images/original/ARP 355.2025 - Porto Alegrense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707537/images/original/ARP 356.2025 - Diprom.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707536/images/original/ARP 357.2025 - Emige.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707552/images/original/ARP 358.2025 - Farmodonto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707556/images/original/ARP 359.2025 - Get Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707554/images/original/ARP 360.2025 - Gnatus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707555/images/original/ARP 361.2025 - Golden.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707563/images/original/ARP 362.2025 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707551/images/original/ARP 363.2025 - HC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707543/images/original/ARP 364.2025 - Itapemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707549/images/original/ARP 365.2025 - LDM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707544/images/original/ARP 366.2025 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707547/images/original/ARP 367.2025 - Maquira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707539/images/original/ARP 368.2025 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707561/images/original/ARP 369.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707546/images/original/ARP 370.2025 - Medpoa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707560/images/original/ARP 371.2025 - Mega.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707553/images/original/ARP 372.2025 - Nexxa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707538/images/original/ARP 373.2025 - Odontomed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707545/images/original/ARP 374.2025 - Quantum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707564/images/original/ARP 375.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707540/images/original/ARP 376.2025 - Sulpel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707542/images/original/ARP 377.2025 - Ynemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707534/images/original/ARP 378.2025 - Zenith.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/728365/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 357.2025 - Emige.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/742600/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 372.2025 - Nexxa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/720616/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 378.2025 - Zenith (corre&#231;&#227;o de Ata).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/705337/images/original/ARP 340.2025 - Comercial Vanguardeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/705338/images/original/ARP 341.2025 - Forte Tubo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/705339/images/original/ARP 342.2025 - Hidrosanu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/705336/images/original/ARP 343.2025 - Staltter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703204/images/original/ARP 310.2025 - Ideo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703184/images/original/ARP 311.2025 - Vinicius.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703185/images/original/ARP 312.2025 - Alexia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703186/images/original/ARP 313.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703211/images/original/ARP 314.2025 - ARPL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703190/images/original/ARP 315.2025 - Baronesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703188/images/original/ARP 316.2025 - Bauer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703187/images/original/ARP 317.2025 - Bruno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703191/images/original/ARP 318.2025 - Carlos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703193/images/original/ARP 319.2025 - CC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703207/images/original/ARP 320.2025 - Lemes e Cesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703192/images/original/ARP 321.2025 - Fagu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703189/images/original/ARP 322.2025 - G &amp; L.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703258/images/original/ARP 323.2025 - Global.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703203/images/original/ARP 324.2025 - Helpfix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703200/images/original/ARP 325.2025 - Fenix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703201/images/original/ARP 326.2025 - LDR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703194/images/original/ARP 327.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703198/images/original/ARP 328.2025 - NJL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703195/images/original/ARP 329.2025 - Porto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703196/images/original/ARP 330.2025 - Printsul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703206/images/original/ARP 331.2025 - RM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703199/images/original/ARP 332.2025 - S&#227;o Louren&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703210/images/original/ARP 333.2025 - Sinospel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703208/images/original/ARP 334.2025 - Solis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703205/images/original/ARP 335.2025 - Squinalli.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703202/images/original/ARP 336.2025 - SSC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703197/images/original/ARP 337.2025 - Topmix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/703209/images/original/ARP 338.2025 - Traum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725812/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 329.2025 - Porto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700131/images/original/ARP 268.2025 - AG Kienen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700160/images/original/ARP 269.2025 - Almeida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700150/images/original/ARP 270.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700148/images/original/ARP 271.2025 - Centermedi.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700141/images/original/ARP 272.2025 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700166/images/original/ARP 273.2025 - Cirurgica Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700149/images/original/ARP 274.2025 - Rioclarense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700171/images/original/ARP 275.2025 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700155/images/original/ARP 276.2025 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700159/images/original/ARP 277.2025 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700154/images/original/ARP 278.2025 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700153/images/original/ARP 279.2025 - Backes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700169/images/original/ARP 280.2025 - Lemes e Cesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700156/images/original/ARP 281.2025 - Fenix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700151/images/original/ARP 282.2025 - G2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700158/images/original/ARP 283.2025 - GMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700168/images/original/ARP 284.2025 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700167/images/original/ARP 285.2025 - ILG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700157/images/original/ARP 286.2025 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700138/images/original/ARP 287.2025 - JT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700133/images/original/ARP 288.2025 - Koral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700135/images/original/ARP 289.2025 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700146/images/original/ARP 290.2025 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700164/images/original/ARP 291.2025 - Med4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700165/images/original/ARP 292.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700152/images/original/ARP 293.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700163/images/original/ARP 294.2025 - Multifarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700136/images/original/ARP 295.2025 - Natcofarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700139/images/original/ARP 296.2025 - Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700162/images/original/ARP 297.2025 - Nunesfarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700144/images/original/ARP 298.2025 - Nutri-ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700161/images/original/ARP 299.2025 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700143/images/original/ARP 300.2025 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700140/images/original/ARP 301.2025 - Prosaude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700147/images/original/ARP 302.2025 - Santini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700170/images/original/ARP 303.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700134/images/original/ARP 304.2025 - Sulmedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700142/images/original/ARP 305.2025 - Top Norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700172/images/original/ARP 306.2025 - Ultra Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700145/images/original/ARP 307.2025 - Victoria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700137/images/original/ARP 308.2025 - Vitalmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/700132/images/original/ARP 309.2025 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/711379/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 292.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707104/images/original/Aditivo 01.2025 Ata 304.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706189/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 307.2025 - Vict&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/719257/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 270.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/740795/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 272.2025 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/726749/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 275.2025 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/712338/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 280.2025 - Lemes e Cesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/712125/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 298.2025 - Nutri-ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/718570/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 299.2025 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/713144/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 303.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679469/images/original/ARP 264.2025 - F. Vachileski_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679468/images/original/ARP 265.2025 - Garbin_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679470/images/original/ARP 266.2025 - Grando_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678738/images/original/ARP 261.2025 - Forza_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678740/images/original/ARP 262.2025 - Mattana_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678741/images/original/ARP 263.2025 - Transrio_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679600/images/original/ARP 241.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679603/images/original/ARP 242.2025 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679609/images/original/ARP 243.2025 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679615/images/original/ARP 244.2025 - CM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679614/images/original/ARP 245.2025 - Cristalia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679612/images/original/ARP 246.2025 - Backes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679619/images/original/ARP 247.2025 - Lemes e Cesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679601/images/original/ARP 248.2025 - Fufamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679605/images/original/ARP 249.2025 - Genial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679613/images/original/ARP 250.2025 - ILG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679618/images/original/ARP 251.2025 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679608/images/original/ARP 252.2025 - Kasmedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679610/images/original/ARP 253.2025 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679616/images/original/ARP 254.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679607/images/original/ARP 255.2025 - Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679611/images/original/ARP 256.2025 - Nutri-ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679617/images/original/ARP 257.2025 - Nutriport.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679606/images/original/ARP 258.2025 - SSZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679602/images/original/ARP 259.2025 - Sulmedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/679604/images/original/ARP 260.2025 - Vict&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/658735/images/original/ARP 240.2025 - Geraldo Andreola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653262/images/original/ARP 235.2025 - Britaforte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653264/images/original/ARP 236.2025 - BSM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653266/images/original/ARP 237.2025 - Edgar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653265/images/original/ARP 238.2025 - Geraldo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653263/images/original/ARP 239.2025 - MAAW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653360/images/original/ARP 231.2025 - Dirceu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653361/images/original/ARP 232.2025 - Maestri.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653359/images/original/ARP 233.2025 - Transmaquinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/653358/images/original/ARP 234.2025 - VS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/740799/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 233.2025 - Transmaquinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652496/images/original/ARP 205.2025 - 51627661 Douglas .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652516/images/original/ARP 206.2025 - ARPL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652499/images/original/ARP 207.2025 - Bach.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652500/images/original/ARP 208.2025 - Bio Logica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652493/images/original/ARP 209.2025 - Darlu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652494/images/original/ARP 210.2025 - DM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652502/images/original/ARP 211.2025 - DZL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652495/images/original/ARP 212.2025 - EF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652497/images/original/ARP 213.2025 - Elevate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652501/images/original/ARP 214.2025 - Fortpel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652498/images/original/ARP 215.2025 - Garnet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652508/images/original/ARP 216.2025 - I9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652506/images/original/ARP 217.2025 - JAB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652515/images/original/ARP 218.2025 - Kapricho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652510/images/original/ARP 219.2025 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652511/images/original/ARP 220.2025 - Marcela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652518/images/original/ARP 221.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652513/images/original/ARP 222.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652504/images/original/ARP 223.2025 - Odimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652514/images/original/ARP 224.2025 - POA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652503/images/original/ARP 225.2025 - Rafael.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652507/images/original/ARP 226.2025 - Roberto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652505/images/original/ARP 227.2025 - S&#227;o Louren&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652509/images/original/ARP 228.2025 - SSC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652517/images/original/ARP 229.2025 - Thais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/652512/images/original/ARP 230.2025 - Videqu&#237;mica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687252/images/original/ARP 267.2025 - OXXION- ASS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687253/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 212.2025 - EF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/720785/images/original/Suspens&#227;o Provis&#243;ria Itens ARP 219.2025 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/727211/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 217.2025 - JAB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/727104/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 223.2025 - Odimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647709/images/original/ARP 185.2025 - Adriane.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647715/images/original/ARP 186.2025 - Comercial Martins.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647712/images/original/ARP 187.2025 - Eremaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647711/images/original/ARP 188.2025 - Ferreira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647718/images/original/ARP 189.2025 - Globexx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647716/images/original/ARP 190.2025 - Instalart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647713/images/original/ARP 191.2025 - JK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647714/images/original/ARP 192.2025 - Ledluz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647710/images/original/ARP 193.2025 - Lend&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647720/images/original/ARP 194.2025 - LG_Leo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647728/images/original/ARP 195.2025 - Light Volt.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647721/images/original/ARP 196.2025 - Lucca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647727/images/original/ARP 197.2025 - Miriam.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647722/images/original/ARP 198.2025 - Mork.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647717/images/original/ARP 199.2025 - Plenitude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647719/images/original/ARP 200.2025 - RC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647726/images/original/ARP 201.2025 - Saturno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647724/images/original/ARP 202.2025 - Sunled.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647729/images/original/ARP 203.2025 - Tittaniun.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/647723/images/original/ARP 204.2025 - Triunfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629076/images/original/ARP 178.2025 - Jung.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629081/images/original/ARP 179.2025 - Dagostini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629079/images/original/ARP 180.2025 - Tuboforte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629075/images/original/ARP 181.2025 - Bresolin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629077/images/original/ARP 182.2025 - Tilu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629078/images/original/ARP 183.2025 - Tubocerto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629080/images/original/ARP 184.2025 - Tubossinos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626773/images/original/ARP 177.2025 - Minera&#231;&#227;o Florense_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/619567/images/original/ARP 176.2025 - RX Locadora de Ve&#237;culos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/619566/images/original/ARP 175.2025 - Autolocadora Linck e Mello.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/648766/images/original/Aditivo 01.2025 ARP 175.2025 - Autolocadora Linck e Mello.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/656131/images/original/Aditivo 01.2025 ARP 176.2025 - RX Locadora de Ve&#237;culos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/620741/images/original/ARP 170.2025 - Dufilter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/620743/images/original/ARP 171.2025 - Imacri.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/620744/images/original/ARP 172.2025 - Jomk.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/620745/images/original/ARP 173.2025 - MM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/620742/images/original/ARP 174.2025 - West Parts.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615901/images/original/ARP 113.2025 - ALF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615932/images/original/ARP 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615906/images/original/ARP 115.2025 - Ana Julia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615907/images/original/ARP 116.2025 - Aramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615899/images/original/ARP 117.2025 - Bar&#227;o Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615900/images/original/ARP 118.2025 - Bimex.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615905/images/original/ARP 119.2025 - Bio Logica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615923/images/original/ARP 120.2025 - Biosul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615920/images/original/ARP 121.2025 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615930/images/original/ARP 122.2025 - Central Brasil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615917/images/original/ARP 123.2025 - Cirurgica Lajeadense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615916/images/original/ARP 124.2025 - Cirurgica S&#227;o Felipe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615910/images/original/ARP 125.2025 - Cirurgica Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615903/images/original/ARP 126.2025 - Cirurtech.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615897/images/original/ARP 127.2025 - Unimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615898/images/original/ARP 128.2025 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615909/images/original/ARP 129.2025 - Delta Shop.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615908/images/original/ARP 130.2025 - Dental Higix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615904/images/original/ARP 131.2025 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615902/images/original/ARP 132.2025 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615911/images/original/ARP 133.2025 - EBD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615912/images/original/ARP 134.2025 - Gen&#233;sio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615915/images/original/ARP 135.2025 - Genial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615934/images/original/ARP 136.2025 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615914/images/original/ARP 137.2025 - Higivital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615913/images/original/ARP 138.2025 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615922/images/original/ARP 139.2025 - Jardim.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615924/images/original/ARP 140.2025 - KDN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615931/images/original/ARP 141.2025 - Kientro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615942/images/original/ARP 142.2025 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615939/images/original/ARP 143.2025 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615918/images/original/ARP 144.2025 - Martec.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/616112/images/original/ARP 145.2025 - Matlab.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615919/images/original/ARP 146.2025 - Maxima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615925/images/original/ARP 147.2025 - Maxxi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615948/images/original/ARP 148.2025 - Med4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615944/images/original/ARP 149.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615927/images/original/ARP 150.2025 - Medlevensohn.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615928/images/original/ARP 151.2025 - Medmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615933/images/original/ARP 152.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615950/images/original/ARP 153.2025 - Monteggia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615936/images/original/ARP 154.2025 - Prosaude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615921/images/original/ARP 155.2025 - Roberto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615926/images/original/ARP 156.2025 - Rossi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615951/images/original/ARP 157.2025 - RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615929/images/original/ARP 158.2025 - Samapi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615941/images/original/ARP 159.2025 - Silvana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615946/images/original/ARP 160.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615937/images/original/ARP 161.2025 - Somar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615938/images/original/ARP 162.2025 - Stokmetal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615935/images/original/ARP 163.2025 - Tyr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615940/images/original/ARP 164.2025 - Unique.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615949/images/original/ARP 165.2025 - Vida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615943/images/original/ARP 166.2025 - Vuelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615945/images/original/ARP 167.2025 - Ynemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615947/images/original/ARP 168.2025 - S&#227;o Mateus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629458/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/650634/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/654916/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657397/images/original/Aditivo 04.2025 Ata de Registro de Pre&#231;o 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678551/images/original/Aditivo 05.2025 Ata de Registro de Pre&#231;o 114.2025 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/632696/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 117.2025 - Bar&#227;o Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/643376/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 118.2025 - Bimex.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/639181/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 121.2025 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/648454/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 121.2025 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/675620/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 121.2025 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/676023/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 131.2025 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678573/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 131.2025 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/627572/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 132.2025 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/658424/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 132.2025 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663114/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 132.2025 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/673531/images/original/Aditivo 04.2025 Ata de Registro de Pre&#231;o 132.2025 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657211/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 136.2025 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662210/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 136.2025 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/648479/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 142.2025 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/654601/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 142.2025 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678042/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 142.2025 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678552/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 149.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/639458/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 152.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/681013/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 149.2025 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/657311/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 152.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/678316/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 152.2025 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/626584/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 160.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629782/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 160.2025 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/725852/images/original/Aditivo 01.2026 Ata de Registro de Pre&#231;o 143.2025 - Lemed (altera&#231;&#227;o unilateral) .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/720787/images/original/Suspens&#227;o Provis&#243;ria Itens ARP 143.2025 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613005/images/original/ARP 102.2025 - AutoLuk.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613012/images/original/ARP 103.2025 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613002/images/original/ARP 104.2025 - Evok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613010/images/original/ARP 105.2025 - Firenze.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613009/images/original/ARP 106.2025 - Gama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613006/images/original/ARP 107.2025 - Lermen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613004/images/original/ARP 108.2025 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613007/images/original/ARP 109.2025 - Pessoto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613003/images/original/ARP 110.2025 - Pompeu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613011/images/original/ARP 111.2025 - S S.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613008/images/original/ARP 112.2025 - SC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687515/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 104.2025 - Evok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/687254/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 106.2025 - Gama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599831/images/original/ARP 101.2025 - SIM REDE_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/588413/images/original/ARP 99.2025 - Oxi Caxias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/588412/images/original/ARP 100.2025 - Priom.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583268/images/original/ARP 98.2025 - Romano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583966/images/original/ARP 75.2025 - Alex.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583974/images/original/ARP 76.2025 - BH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583970/images/original/ARP 77.2025 - Bilg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583973/images/original/ARP 78.2024 - Carboni.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583975/images/original/ARP 79.2025 - Carine.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583967/images/original/ARP 80.2024 - Promostore.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583965/images/original/ARP 81.2025 - DSP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583968/images/original/ARP 82.2024 - Fistarol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583971/images/original/ARP 83.2025 - GF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583982/images/original/ARP 84.2025 - Idpromo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/585955/images/original/ARP 85.2025 - Fenix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583981/images/original/ARP 86.2025 - Inova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583977/images/original/ARP 87.2025 - Marca Registrada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583969/images/original/ARP 88.2025 - M&#237;dias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583984/images/original/ARP 89.2025 - Multi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583972/images/original/ARP 90.2025 - MV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584203/images/original/ARP 91 2025 - OK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583983/images/original/ARP 92.2024 - Papel e Caneta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583978/images/original/ARP 93.2025 - PK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583979/images/original/ARP 94.2025 - RB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583976/images/original/ARP 95.2025 - S. da Silva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583985/images/original/ARP 96.2025 - Velha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583980/images/original/ARP 97.2025 - ZB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583464/images/original/ARP 51.2025 - Alessandra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583467/images/original/ARP 52.2025 - Peterson.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583487/images/original/ARP 53.2025 - Amena.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583466/images/original/ARP 54.2025 - Barra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583472/images/original/ARP 55.2025 - BNB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583468/images/original/ARP 56.2025 - Datagov.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583471/images/original/ARP 57.2025 - Digiplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583474/images/original/ARP 58.2025 - Eletro Centro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583465/images/original/ARP 59.2025 - Gabriela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583470/images/original/ARP 60.2025 - GP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583469/images/original/ARP 61.2025 - Habitus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583476/images/original/ARP 62.2025 - Incotech.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583475/images/original/ARP 63.2025 - K. Lumertz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583478/images/original/ARP 64.2025 - MBS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583473/images/original/ARP 65.2025 - Melissa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583480/images/original/ARP 66.2025 - Microt&#233;cnica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583477/images/original/ARP 67.2025 - On Line.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583486/images/original/ARP 68.2025 - Proxys.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583479/images/original/ARP 69.2025 - Seginfo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583483/images/original/ARP 70.2025 - Seventec.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583485/images/original/ARP 71.2025 - Sinces.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583481/images/original/ARP 72.2025 - So Baterias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583484/images/original/ARP 73.2025 - TB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583482/images/original/ARP 74.2025 - Verlin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/698720/images/original/ARP 339.2025 - The Supply.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/706443/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 63.2025 - K. Lumertz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/740800/images/original/ARP_003_2026_Denteck.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/587179/images/original/ARP 50.2025 - 1DOC_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557226/images/original/ARP 28.2025 - Allyson Padilha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557238/images/original/ARP 29.2025 - Alisson Morais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557227/images/original/ARP 30.2025 - Aquapar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557233/images/original/ARP 31.2025 - Astrale.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557231/images/original/ARP 32.2025 - CJC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557229/images/original/ARP 33.2025 - Ilha Bela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557242/images/original/ARP 34.2025 - Eletro Center.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557234/images/original/ARP 35.2025 - Everest.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557237/images/original/ARP 36.2025 - Fortlev.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557232/images/original/ARP 37.2025 - G3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557236/images/original/ARP 38.2025 - Instalart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557235/images/original/ARP 39.2025 - J.J. Vitalli.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557230/images/original/ARP 40.2025 - JV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557240/images/original/ARP 41.2025 - Kieling.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557246/images/original/ARP 42.2025 - KMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557239/images/original/ARP 43.2025 - L&amp;J.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557228/images/original/ARP 44.2025 - Modaltec.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557241/images/original/ARP 45.2025 - Rafael.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557243/images/original/ARP 46.2025 - RB Dossin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557244/images/original/ARP 47.2025 - RM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557259/images/original/ARP 48.2025 - Soul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557245/images/original/ARP 49.2025 - Szata.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/549997/images/original/ARP 22.2025 - Kcinco_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/549999/images/original/ARP 23.2025 - Mattana_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550000/images/original/ARP 25.2025 - Transrio_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/549998/images/original/ARP 24.2025 - Mecasul_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550042/images/original/ARP 18.2025 - Bussmaster_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550044/images/original/ARP 19.2025 - Guaracar_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550045/images/original/ARP 20.2025 - Mobile_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550043/images/original/ARP 21.2025 - Vip_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/639174/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 19.2025 - Guaracar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/708032/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 20.2025 - Mobile.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522955/images/original/ARP 02.2025 - ALG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522961/images/original/ARP 03.2025 - Baraoseg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522963/images/original/ARP 04.2025 - City Clean.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522956/images/original/ARP 05.2025 - Fabrica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522966/images/original/ARP 06.2025 - Faccina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522957/images/original/ARP 07.2025 - Fenix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522962/images/original/ARP 08.2025 - GDC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522958/images/original/ARP 09.2025 - Infraseg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522964/images/original/ARP 10.2025 - Liceri.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522965/images/original/ARP 11.2025 - Petter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522959/images/original/ARP 12.2025 - Pizani.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522960/images/original/ARP 13.2025 - Projesul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522967/images/original/ARP 14.2025 - RP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/591570/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 08.2025 - GDC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/591569/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 10.2025 - Liceri.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515428/images/original/Ata de Registro de Pre&#231;os 345.204 - X Brasil_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/510419/images/original/Ata de Registro de Pre&#231;os 344.2024 - Topmed_Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/698266/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 344.2024 - Topmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/511207/images/original/Ata de Registro de Pre&#231;os 343.2024 - Prazer em Comprar_Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/511208/images/original/Ata de Registro de Pre&#231;os 342.2024 - Andrighetti_Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508785/images/original/Ata de Registro de Pre&#231;os 307.2024 - AG Kienen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508786/images/original/Ata de Registro de Pre&#231;os 308.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508788/images/original/Ata de Registro de Pre&#231;os 309.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508792/images/original/Ata de Registro de Pre&#231;os 310.2024 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508814/images/original/Ata de Registro de Pre&#231;os 311.2024 - Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508796/images/original/Ata de Registro de Pre&#231;os 312.2024 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508790/images/original/Ata de Registro de Pre&#231;os 313.2024 - Rioclarense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508812/images/original/Ata de Registro de Pre&#231;os 314.2024 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508793/images/original/Ata de Registro de Pre&#231;os 315.2024 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508794/images/original/Ata de Registro de Pre&#231;os 316.2024 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508791/images/original/Ata de Registro de Pre&#231;os 317.2024 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508789/images/original/Ata de Registro de Pre&#231;os 318.2024 - Intramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508818/images/original/Ata de Registro de Pre&#231;os 319.2024 - Flavio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508787/images/original/Ata de Registro de Pre&#231;os 320.2024 - Genial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508797/images/original/Ata de Registro de Pre&#231;os 321.2024 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508819/images/original/Ata de Registro de Pre&#231;os 322.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508817/images/original/Ata de Registro de Pre&#231;os 323.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508799/images/original/Ata de Registro de Pre&#231;os 324.2024 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508811/images/original/Ata de Registro de Pre&#231;os 325.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508804/images/original/Ata de Registro de Pre&#231;os 326.2024 - Metta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508798/images/original/Ata de Registro de Pre&#231;os 327.2024 - Natcofarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508806/images/original/Ata de Registro de Pre&#231;os 328.2024 - Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508802/images/original/Ata de Registro de Pre&#231;os 329.2024 - Nunesfarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508813/images/original/Ata de Registro de Pre&#231;os 330.2024 - Nutriport.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508809/images/original/Ata de Registro de Pre&#231;os 331.2024 - Pharma Log.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508795/images/original/Ata de Registro de Pre&#231;os 332.2024 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508805/images/original/Ata de Registro de Pre&#231;os 333.2024 - Prosaude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508801/images/original/Ata de Registro de Pre&#231;os 334.2024 - S&amp;R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508800/images/original/Ata de Registro de Pre&#231;os 335.2024 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508808/images/original/Ata de Registro de Pre&#231;os 336.2024 - Sulmedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508816/images/original/Ata de Registro de Pre&#231;os 337.2024 - Top Norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508803/images/original/Ata de Registro de Pre&#231;os 338.2024 - Victoria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508810/images/original/Ata de Registro de Pre&#231;os 339.2024 - Vitalmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508807/images/original/Ata de Registro de Pre&#231;os 340.2024 - Werbran.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508815/images/original/Ata de Registro de Pre&#231;os 341.2024 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508784/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 323.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518044/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 310.2024 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/561052/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 310.2024 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/671590/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 322.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520169/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 337.2024 - Top Norte_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614762/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 337.2024 - Top Norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/559725/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 310.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583218/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 332.2024 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/663705/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 332.2024 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584388/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 332.2024 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/662336/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 332.2024 - MCW.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/673965/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 332.2024 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/613309/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 340.2024 - Werbran.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/707130/images/original/Aditivo 04.2025 Ata de Registro de Pre&#231;o 332.2024 - MCW.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/670748/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;os 340.2024 - Werbran.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504261/images/original/Ata de Registro de Pre&#231;os 281.2024 - Lucas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504263/images/original/Ata de Registro de Pre&#231;os 282.2024 - Alyson.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504262/images/original/Ata de Registro de Pre&#231;os 283.2024 - Agilitate.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/505006/images/original/Ata de Registro de Pre&#231;os 284.2024 - Alesandra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504265/images/original/Ata de Registro de Pre&#231;os 285.2024 - Bianca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504269/images/original/Ata de Registro de Pre&#231;os 286.2024 - Brumo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504279/images/original/Ata de Registro de Pre&#231;os 288.2024 - Carlos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504271/images/original/Ata de Registro de Pre&#231;os 289.2024 - Damil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504264/images/original/Ata de Registro de Pre&#231;os 290.2024 - Dicapel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504273/images/original/Ata de Registro de Pre&#231;os 291.2024 - Douglas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504281/images/original/Ata de Registro de Pre&#231;os 292.2024 - Fabiana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504266/images/original/Ata de Registro de Pre&#231;os 293.2024 - FC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504268/images/original/Ata de Registro de Pre&#231;os 294.2024 - Helpfix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504277/images/original/Ata de Registro de Pre&#231;os 295.2024 - Inovare.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504275/images/original/Ata de Registro de Pre&#231;os 296.2024 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504274/images/original/Ata de Registro de Pre&#231;os 297.2024 - Licita Shop.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504272/images/original/Ata de Registro de Pre&#231;os 298.2024 - M.F.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504270/images/original/Ata de Registro de Pre&#231;os 299.2024 - Manos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504276/images/original/Ata de Registro de Pre&#231;os 300.2024 - Mega.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504278/images/original/Ata de Registro de Pre&#231;os 301.2024 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504282/images/original/Ata de Registro de Pre&#231;os 302.2024 - Printsul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504283/images/original/Ata de Registro de Pre&#231;os 303.2024 - SLG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504280/images/original/Ata de Registro de Pre&#231;os 304.2024 - SSC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504284/images/original/Ata de Registro de Pre&#231;os 305.2024 - TB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/504285/images/original/Ata de Registro de Pre&#231;os 306.2024 - Vertentes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/641060/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 285.2024 - Bianca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517508/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 287.2024 - C. Gazola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520324/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 287.2024 - C. Gazola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/608501/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 287.2024 - C. Gazola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/659739/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 293.2024 - FC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/640546/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 294.2024 - Helpfix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548417/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 295.2024 - Inovare.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521891/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 303.2024 - SLG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/640709/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 303.2024 - SLG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548462/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 300.2024 - Mega.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/641097/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 304.2024 - SSC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/660117/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 304.2024 - SSC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517509/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 305.2024 - TB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/501018/images/original/Ata de Registro de Pre&#231;os 279.2024 - Garbin_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/501019/images/original/Ata de Registro de Pre&#231;os 280.2024 - Grando_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502279/images/original/Ata de Registro de Pre&#231;os 250.2024 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502278/images/original/Ata de Registro de Pre&#231;os 251.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502280/images/original/Ata de Registro de Pre&#231;os 252.2024 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502286/images/original/Ata de Registro de Pre&#231;os 253.2024 - Lajeadense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502291/images/original/Ata de Registro de Pre&#231;os 254.2024 - Dental Ipo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502290/images/original/Ata de Registro de Pre&#231;os 255.2024 - Dental Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502283/images/original/Ata de Registro de Pre&#231;os 256.2024 - Emige.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502281/images/original/Ata de Registro de Pre&#231;os 257.2024 - Foccus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502277/images/original/Ata de Registro de Precos 258.2024 - Gnatus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502285/images/original/Ata de Registro de Pre&#231;os 259.2024 - Higivital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502292/images/original/Ata de Registro de Precos 260.2024 - K2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502289/images/original/Ata de Registro de Pre&#231;os 261.2024 - L.A. Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502288/images/original/Ata de Registro de Pre&#231;os 262.2024 - Maquira Condesus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502276/images/original/Ata de Registro de Pre&#231;os 263.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502298/images/original/Ata de Registro de Pre&#231;os 264.2024 - Maxima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502296/images/original/Ata de Registro de Pre&#231;os 265.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502284/images/original/Ata de Registro de Pre&#231;os 266.2024 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502287/images/original/Ata de Registro de Pre&#231;os 267.2024 - Odontomedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502282/images/original/Ata de Registro de Pre&#231;os 268.2024 - Prioritta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502294/images/original/Ata de Registro de Pre&#231;os 269.2024 - Promax.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502293/images/original/Ata de Registro de Pre&#231;os 270.2024 - Prosaude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502299/images/original/Ata de Registro de Pre&#231;os 271.2024 - S&#227;o Paulo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502295/images/original/Ata de Registro de Pre&#231;os 272.2024 - Sebmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/502297/images/original/Ata de Registro de Pre&#231;os 273.2024 - T.D. &amp; V.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520249/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 265.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/534575/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 265.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/631015/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 265.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548697/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 261.2024 - L.A. Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/550877/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 264.2024 - Maxima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599721/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 264.2024 - Maxima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581635/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 255.2024 - Dental Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581899/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 263.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629047/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 263.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581898/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 256.2024 - Emige.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599767/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 256.2024 - Emige.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583090/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 267.2024 - Odontomedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599871/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 254.2024 - Dental Ipo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500728/images/original/Ata de Registro de Pre&#231;os 274.2024 - Bhatel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500726/images/original/Ata de Registro de Pre&#231;os 275.2024 - Fernandes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500730/images/original/Ata de Registro de Pre&#231;os 276.2024 - Hidroluna.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546839/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 276.2024 - Hidroluna.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500729/images/original/Ata de Registro de Pre&#231;os 277.2024 - Racaza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/500727/images/original/Ata de Registro de Pre&#231;os 278.2024 - Talentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546297/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 278.2024 - Talentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623473/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 278.2024 - Talentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/624651/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 274.2024 - Bhatel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497095/images/original/Ata de Registro de Pre&#231;os 201.2024 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497101/images/original/Ata de Registro de Pre&#231;os 202.2024 - Aglon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497102/images/original/Ata de Registro de Pre&#231;os 203.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497099/images/original/Ata de Registro de Pre&#231;os 204.2024 - Bellpharma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497103/images/original/Ata de Registro de Pre&#231;os 205.2024 - Belmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497100/images/original/Ata de Registro de Pre&#231;os 206.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497105/images/original/Ata de Registro de Pre&#231;os 207.2024 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497114/images/original/Ata de Registro de Pre&#231;os 208.2024 - Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497106/images/original/Ata de Registro de Pre&#231;os 209.2024 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497118/images/original/Ata de Registro de Pre&#231;os 210.2024 - Rioclarense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497117/images/original/Ata de Registro de Pre&#231;os 211.2024 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497097/images/original/Ata de Registro de Pre&#231;os 212.2024 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497096/images/original/Ata de Registro de Pre&#231;os 213.2024 - DF2MED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528517/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 205.2024 - Belmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497098/images/original/Ata de Registro de Pre&#231;os 214.2024 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497108/images/original/Ata de Registro de Pre&#231;os 215.2024 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497104/images/original/Ata de Registro de Pre&#231;os 216.2024 - Backes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497110/images/original/Ata de Registro de Pre&#231;os 217.2024 - DX.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497115/images/original/Ata de Registro de Pre&#231;os 218.2024 - Emporio Kaza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497112/images/original/Ata de Registro de Pre&#231;os 219.2024 - F R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497123/images/original/Ata de Registro de Pre&#231;os 220.2024 - Flavio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497125/images/original/Ata de Registro de Pre&#231;os 221.2024 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497109/images/original/Ata de Registro de Pre&#231;os 222.2024 - Grams.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497107/images/original/Ata de Registro de Pre&#231;os 223.2024 - ILG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497111/images/original/Ata de Registro de Pre&#231;os 224.2024 - Imperium.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497124/images/original/Ata de Registro de Pre&#231;os 225.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497122/images/original/Ata de Registro de Pre&#231;os 226.2024 - JT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497119/images/original/Ata de Registro de Pre&#231;os 227.2024 - Kfmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497113/images/original/Ata de Registro de Pre&#231;os 228.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497139/images/original/Ata de Registro de Pre&#231;os 229.2024 - LM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497133/images/original/Ata de Registro de Pre&#231;os 230.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497127/images/original/Ata de Registro de Pre&#231;os 231.2024 - Medsi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497131/images/original/Ata de Registro de Pre&#231;os 232.2024 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497129/images/original/Ata de Registro de Pre&#231;os 233.2024 - Metta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497140/images/original/Ata de Registro de Pre&#231;os 234.2024 - Natcofarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497116/images/original/Ata de Registro de Pre&#231;os 235.2024 - Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497130/images/original/Ata de Registro de Pre&#231;os 236.2024 - Nutri-ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497136/images/original/Ata de Registro de Pre&#231;os 237.2024 - Nunesfarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497132/images/original/Ata de Registro de Pre&#231;os 239.2024 - Ramo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497120/images/original/Ata de Registro de Pre&#231;os 238.2024 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497134/images/original/Ata de Registro de Pre&#231;os 240.2024 - S&amp;R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497135/images/original/Ata de Registro de Pre&#231;os 241.2024 - Santo Rem&#233;dio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497142/images/original/Ata de Registro de Pre&#231;os 242.2024 - Soma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497121/images/original/Ata de Registro de Pre&#231;os 243.2024 - Terra Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497126/images/original/Ata de Registro de Pre&#231;os 244.2024 - Top Norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497141/images/original/Ata de Registro de Pre&#231;os 245.2024 - Ultra Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497128/images/original/Ata de Registro de Pre&#231;os 246.2024 - Vict&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497161/images/original/Ata de Registro de Pre&#231;os 247.2024 - Vis&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497138/images/original/Ata de Registro de Pre&#231;os 248.2024 - Vitalmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/497137/images/original/Ata de Registro de Pre&#231;os 249.2024 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/518921/images/original/Ata de Registro de Pre&#231;os 01.2025 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528535/images/original/Ata de Registro de Pre&#231;os 016.2025 - Progresso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522341/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 225.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/630659/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 225.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/664449/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 225.2024 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508356/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 202.2024 - Aglon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508334/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 206.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522292/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 206.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581996/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 206.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/522291/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 206.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/508716/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 223.2024 - ILG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/583204/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 223.2024 - ILG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515706/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 248.2024 - Vitalmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524299/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 248.2024 - Vitalmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517426/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 219.2024 - F R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525818/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 222.2024 - Grams &amp; Grams.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543187/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 249.2024 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546164/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 214.2024 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/665928/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 215.2024 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546302/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 221.2024 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/615551/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 214.2024 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/558150/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 235.2024 - Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581995/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 226.2024 - JT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/664173/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 226.2024 - JT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/556006/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 233.2024 - Metta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/586693/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 166.2024 - Rossi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598488/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 209.2024 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623684/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 208.2024 - Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623711/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 241.2024 - Santo Rem&#233;dio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/627031/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 201.2024 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495003/images/original/Ata de Registro de Pre&#231;os 177.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495007/images/original/Ata de Registro de Pre&#231;os 178.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495026/images/original/Ata de Registro de Pre&#231;os 179.2024 - CQC.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495006/images/original/Ata de Registro de Pre&#231;os 180.2024 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495014/images/original/Ata de Registro de Pre&#231;os 181.2024 - Intramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495015/images/original/Ata de Registro de Pre&#231;os 182.2024 - Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495016/images/original/Ata de Registro de Pre&#231;os 183.2024 - Flavio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495022/images/original/Ata de Registro de Pre&#231;os 184.2024 - Fufamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495005/images/original/Ata de Registro de Pre&#231;os 185.2024 - Genesio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495008/images/original/Ata de Registro de Pre&#231;os 186.2024 - Grams e Grams.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495020/images/original/Ata de Registro de Pre&#231;os 187.2024 - Isis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495019/images/original/Ata de Registro de Pre&#231;os 188.2024 - Kfmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495013/images/original/Ata de Registro de Pre&#231;os 189.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495011/images/original/Ata de Registro de Pre&#231;os 190.2024 - Maxxi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495021/images/original/Ata de Registro de Pre&#231;os 191.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495009/images/original/Ata de Registro de Pre&#231;os 192.2024 - Metta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495023/images/original/Ata de Registro de Pre&#231;os 194.2024 - Nutriport.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495004/images/original/Ata de Registro de Pre&#231;os 193.2024 - Nutri-ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495017/images/original/Ata de Registro de Pre&#231;os 195.2024 - Pharma Log.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495012/images/original/Ata de Registro de Pre&#231;os 196.2024 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495010/images/original/Ata de Registro de Pre&#231;os 197.2024 - Santo Remedio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495024/images/original/Ata de Registro de Pre&#231;os 198.2024 - Sulmedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495018/images/original/Ata de Registro de Pre&#231;os 199.2024 - Vis&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495025/images/original/Ata de Registro de Pre&#231;os 200.2024 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/510348/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 189.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/530414/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 200.2024 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551412/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 177.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551411/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 182.2024 - Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/590290/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 182.2024 - Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598052/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 189.2024 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490084/images/original/Ata de Registro de Pre&#231;os 173.2024 - Alfa_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490085/images/original/Ata de Registro de Pre&#231;os 174.2024 - Edgar Deon_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490086/images/original/Ata de Registro de Pre&#231;os 175.2024 - Geraldo Andreola_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490239/images/original/Ata de Registro de Pre&#231;os 130.2024 - 216.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490249/images/original/Ata de Registro de Pre&#231;os 131.2024 - 3S Vision.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490253/images/original/Ata de Registro de Pre&#231;os 132.2024 - A A Z.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490245/images/original/Ata de Registro de Pre&#231;os 133.2024 - Alg Rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490737/images/original/Ata de Registro de Pre&#231;os 134.2024 - ALP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490240/images/original/Ata de Registro de Pre&#231;os 135.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490241/images/original/Ata de Registro de Pre&#231;os 136.2024 - Atlantico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490236/images/original/Ata de Registro de Pre&#231;os 137.2024 - Bramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490739/images/original/Ata de Registro de Pre&#231;os 138.2024 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490238/images/original/Ata de Registro de Pre&#231;os 139.2024 - Cirurgica Cavalhada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490742/images/original/Ata de Registro de Pre&#231;os 140.2024 - Cirurgica Lajeadense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490243/images/original/Ata de Registro de Precos 141.2024 - Cirurgica Sao Felipe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490244/images/original/Ata de Registro de Pre&#231;os 142.2024 - CMOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490242/images/original/Ata de Registro de Pre&#231;os 143.2024 - Cooperativa Unimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490267/images/original/Ata de Registro de Pre&#231;os 144.2024 - CQC.PDF" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490738/images/original/Ata de Registro de Pre&#231;os 145.2024 - Dentax.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490248/images/original/Ata de Registro de Pre&#231;os 146.2024 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490741/images/original/Ata de Registro de Pre&#231;os 147.2024 - DX.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490237/images/original/Ata de Registro de Pre&#231;os 148.2024 - ESF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490251/images/original/Ata de Registro de Pre&#231;os 149.2024 - F.A.P. Aleixo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490247/images/original/Ata de Registro de Pre&#231;os 150.2024 - Instramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490740/images/original/Ata de Registro de Pre&#231;os 151.2024 - IS 8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490255/images/original/Ata de Registro de Pre&#231;os 152.2024 - Isis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490262/images/original/Ata de Registro de Pre&#231;os 153.2024 - Johan.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490246/images/original/Ata de Registro de Pre&#231;os 154.2024 - Kientro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490260/images/original/Ata de Registro de Pre&#231;os 155.2024 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490250/images/original/Ata de Registro de Pre&#231;os 156.2024 - Martec.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490744/images/original/Ata de Registro de Pre&#231;os 157.2024 - Mastemedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490254/images/original/Ata de Registro de Pre&#231;os 158.2024 - Maxima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490268/images/original/Ata de Registro de Pre&#231;os 159.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490257/images/original/Ata de Registro de Pre&#231;os 160.2024 - Medylog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490259/images/original/Ata de Registro de Pre&#231;os 161.2024 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490743/images/original/Ata de Registro de Pre&#231;os 162.2024 - Molvimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490263/images/original/Ata de Registro de Pre&#231;os 163.2024 - Odontomedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490252/images/original/Ata de Registro de Pre&#231;os 164.2024 - Promedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490258/images/original/Ata de Registro de Pre&#231;os 165.2024 - Roberto de Conto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490265/images/original/Ata de Registro de Pre&#231;os 166.2024 - Rossi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490266/images/original/Ata de Registro de Pre&#231;os 167.2024 - Tech-Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490264/images/original/Ata de Registro de Pre&#231;os 168.2024 - Unamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490261/images/original/Ata de Registro de Pre&#231;os 169.2024 - Unique.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/490256/images/original/Ata de Registro de Pre&#231;os 176.2024 - Verde.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499645/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 155.2024 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/519368/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 155.2024 - Lemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499410/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 159.2024 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521091/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 263.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548127/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 157.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528580/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 136.2024 - Atlantico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548350/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 163.2024 - Odontomedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/553658/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 136.2024 - Atlantico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543106/images/original/Ata de Registro de Pre&#231;os 017.2025 - Erimar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543433/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 137.2024 - Bramed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546001/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 167.2024 - Tech-sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/547883/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 140.2024 - Cirurgica Lajeadense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629780/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 139.2024 - Cir&#250;rgica Cavalhada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/629779/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 145.2024 - Dentax.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487360/images/original/Ata de Registro de Pre&#231;os 170.2024 - Dirceu_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487358/images/original/Ata de Registro de Pre&#231;os 171.2024 - Mateus_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487359/images/original/Ata de Registro de Pre&#231;os 172.2024 - Transm&#225;quinas_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486889/images/original/ARP 121.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486893/images/original/ARP 122.2024 - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524864/images/original/Aditivo 01.2025 ARP 124.2024 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486885/images/original/ARP 123.2024 - Fredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486891/images/original/ARP 124.2024 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486888/images/original/ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486887/images/original/ARP 126.2024 - SC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486886/images/original/ARP 127.2024 - SS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486890/images/original/ARP 128.2024 - Schwab.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486892/images/original/ARP 129.2024 - So Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524297/images/original/Aditivo 01.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524713/images/original/Aditivo 02.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524914/images/original/ARP 15.2025 - Zpneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528577/images/original/Aditivo 03.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/553660/images/original/Aditivo 04.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/579730/images/original/Aditivo 05.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623908/images/original/Aditivo 06.2025 ARP 125.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528518/images/original/Aditivo 01.2025 ARP 121.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548415/images/original/Aditivo 02.2025 ARP 121.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/557220/images/original/Aditivo 03.2025 ARP 121.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581483/images/original/Aditivo 04.2025 ARP 121.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/607147/images/original/Aditivo 05.2025 ARP 121.2024 - Belenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525561/images/original/Aditivo 01.2025 ARP 123.2024 - Fredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/614420/images/original/Aditivo 02.2025 ARP 123.2024 - Fredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527083/images/original/Aditivo 01.2025 ARP 128.2024 - Schwab.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527090/images/original/Aditivo 01.2025 ARP 129.2024 - So Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/599646/images/original/Aditivo 02.2025 ARP 129.2024 - So Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548717/images/original/Aditivo 01.2025 ARP 124.2024 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548716/images/original/Aditivo 02.2025 ARP 124.2024 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528077/images/original/Aditivo 01.2025 ARP 127.2024 - SS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528578/images/original/Aditivo 01.2025 ARP 122.2024  - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/549346/images/original/Aditivo 02.2025 ARP 122.2024 - Burica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/582061/images/original/Aditivo 03 2025 ARP 122.2024 - Burica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/598770/images/original/Aditivo 04.2025 ARP 122.2024 - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/607482/images/original/Aditivo 05.2025 ARP 122.2024 - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/623742/images/original/Aditivo 02.2025 ARP 15.2025 - Zpneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/551254/images/original/Aditivo 01.2025 ARP 15.2025 - Zpneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581203/images/original/Aditivo 01.2025 ARP 126.2024 - SC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486319/images/original/Ata de Registro de Pre&#231;os 116.2024 - Dufilter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486321/images/original/Ata de Registro de Pre&#231;os 117.2024 - G.A..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486323/images/original/Ata de Registro de Pre&#231;os 118.2024 - Jomk.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486322/images/original/Ata de Registro de Pre&#231;os 119.2024 - MM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486320/images/original/Ata de Registro de Pre&#231;os 120.2024 - West Parts.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486009/images/original/Ata de Registro de Pre&#231;os 97.2024 - Gelcia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486011/images/original/Ata de Registro de Pre&#231;os 98.2024 - AM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486018/images/original/Ata de Registro de Pre&#231;os 99.2024 - Alpha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486012/images/original/Ata de Registro de Pre&#231;os 100.2024 - ARPL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486015/images/original/Ata de Registro de Pre&#231;os 101.2024 - BL Paper.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486023/images/original/Ata de Registro de Pre&#231;os 102.2024 - By Market.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486016/images/original/Ata de Registro de Pre&#231;os 103.2024 - Darlu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486017/images/original/Ata de Registro de Pre&#231;os 104.2024 - Jonathan Afonso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486010/images/original/Ata de Registro de Pre&#231;os 105.2024 - LDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486452/images/original/Ata de Registro de Pre&#231;os 106.2024 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486019/images/original/Ata de Registro de Pre&#231;os 107.2024 - MBM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486024/images/original/Ata de Registro de Pre&#231;os 108.2024 - Multisul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486020/images/original/Ata de Registro de Pre&#231;os 109.2024 - NB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486022/images/original/Ata de Registro de Pre&#231;os 110.2024 - Oxxion.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486013/images/original/Ata de Registro de Pre&#231;os 111.2024 - POA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486026/images/original/Ata de Registro de Pre&#231;os 112.2024 - Sebmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486021/images/original/Ata de Registro de Pre&#231;os 113.2024 - Thais Moreira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486014/images/original/Ata de Registro de Pre&#231;os 114.2024 - WE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486025/images/original/Ata de Registro de Pre&#231;os 115.2024 - Ynemed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515721/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 97.2024 - Gelcia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515722/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 103.2024 - Darlu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/524991/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 104.2024 - By Market.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525483/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 99.2024 - Alpha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/595549/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 99.2024 - Alpha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525819/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 110.2024 - Oxxion.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/543529/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 98.2024 - AM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548184/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 98.2024 - AM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/546235/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 105.2024 - LDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/595556/images/original/Aditivo 03.2025 Ata de Registro de Pre&#231;o 98.2024 - AM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/552454/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 105.2024 - LDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548793/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 104.2024 - Jonathan Afonso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/548987/images/original/Ata de Registro de Pre&#231;os 26.2025 - Bar&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/549400/images/original/Ata de Registro de Pre&#231;os 27.2025 - Novo Horizonte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/561051/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 100.2024 - ARPL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/581276/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 114.2024 - WE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/484792/images/original/Ata de Registro de Pre&#231;os 96.2024 - Oxi Caxias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485085/images/original/Ata de Registro de Pre&#231;os 95.2024 - SMP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485086/images/original/Ata de Registro de Pre&#231;os 94.2024 - LLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/477659/images/original/Ata de Registro de Pre&#231;os 92.2024 - Autolocadora Mlinck_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/477660/images/original/Ata de Registro de Pre&#231;os 93.2024 - Localiza_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476669/images/original/Ata de Registro de Pre&#231;os 78.2024 - Berlin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476679/images/original/Ata de Registro de Pre&#231;os 79.2024 - CJC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476673/images/original/Ata de Registro de Pre&#231;os 80.2024 - Comercial de Distribuidora Pianco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476677/images/original/Ata de Registro de Pre&#231;os 81.2024 - Delvalle Materiais El&#233;tricos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476676/images/original/Ata de Registro de Pre&#231;os 82.2024 - Dfer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476674/images/original/Ata de Registro de Pre&#231;os 83.2024 - Globexx do Brasil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476681/images/original/Ata de Registro de Pre&#231;os 84.2024 - Instalart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476675/images/original/Ata de Registro de Pre&#231;os 85.2024 - JK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476678/images/original/Ata de Registro de Pre&#231;os 86.2024 - Ledluz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476671/images/original/Ata de Registro de Pre&#231;os 87.2024 - Light Volt.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476682/images/original/Ata de Registro de Pre&#231;os 88.2024 - Meps.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476670/images/original/Ata de Registro de Precos 89.2024 - Miriam.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476672/images/original/Ata de Registro de Pre&#231;os 90.2024 - Plenitude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/476680/images/original/Ata de Registro de Pre&#231;os 91.2024 - ProforteX.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515927/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 91.2024 - Proforte-X.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/609497/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 82.2024 - Dfer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/610619/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 84.2024 - Instalart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470738/images/original/Ata de Registro de Pre&#231;os 77.2024 - Minera&#231;&#227;o Florense_Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470499/images/original/Ata de Registro de Pre&#231;os 71.2024 - Artefatos de Cimento Jung.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470503/images/original/Ata de Registro de Pre&#231;os 72.2024 - Concretos do Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470504/images/original/Ata de Registro de Pre&#231;os 73.2024 - Derivados de Cimento Tuboforte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470501/images/original/Ata de Registro de Pre&#231;os 74.2024 - Tilu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470500/images/original/Ata de Registro de Pre&#231;os 75.2024 - Transconcretos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470502/images/original/Ata de Registro de Pre&#231;os 76.2024 - Tubossinos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466577/images/original/Ata de Registro de Pre&#231;os 69.2024 - PDN_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466576/images/original/Ata de Registro de Pre&#231;os 70.2024 - Verlin_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/495702/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 69.2024 - PDN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467953/images/original/Ata de Registro de Pre&#231;o 57.2024 - Cazaben.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467957/images/original/Ata de Registro de Pre&#231;o 58.2024 - Fisiolife.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467954/images/original/Ata de Registro de Pre&#231;o 59.2024 - Gigante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467955/images/original/Ata de Registro de Pre&#231;o 60.2024 - Guilherme.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467960/images/original/Ata de Registro de Pre&#231;o 61.2024 - I.S. Costa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467958/images/original/Ata de Registro de Pre&#231;o 62.2024 - M.K.R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467963/images/original/Ata de Registro de Pre&#231;o 63.2024 - Mac.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469682/images/original/Ata de Registro de Pre&#231;o 64.2024 - Medefe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467956/images/original/Ata de Registro de Pre&#231;o 65.2024 - Medmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467961/images/original/Ata de Registro de Pre&#231;o 66.2024 - MZZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467959/images/original/Ata de Registro de Pre&#231;o 67.2024 - Suprilab.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/467962/images/original/Ata de Registro de Pre&#231;o 68.2024 - Tech-Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/493414/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 65.2024 - Medmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/499429/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 65.2024 - Medmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/492547/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 68.2024 - Tech-sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466682/images/original/Ata de Registro de Pre&#231;o 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466685/images/original/Ata de Registro de Pre&#231;o 51.2024 - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466686/images/original/Ata de Registro de Pre&#231;o 52.2024 - Fredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466688/images/original/Ata de Registro de Pre&#231;o 53.2024 - Modelo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466687/images/original/Ata de Registro de Pre&#231;o 54.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466684/images/original/Ata de Registro de Pre&#231;o 55.2024 - SC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466683/images/original/Ata de Registro de Pre&#231;o 56.2024 - Zpneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/526987/images/original/Aditivo 01.2025 ARP 52.2024 - Fredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/521600/images/original/Aditivo 01.2025 ARP 54.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584386/images/original/Aditivo 02.2025 ARP 54.2024 - Pneulog.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528520/images/original/Aditivo 01.2025 ARP 51.2024 - Buric&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/527874/images/original/Aditivo 01.2025 ARP 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/528519/images/original/Aditivo 02.2025 ARP 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/545094/images/original/Aditivo 03.2025 ARP 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584179/images/original/Aditivo 04.2025 ARP 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/605574/images/original/Aditivo 05.2025 ARP 50.2024 - Bellenzier.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/584962/images/original/Aditivo 01.2025 ARP 56.2024 - Zpneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454846/images/original/Ata de Registro de Pre&#231;o 47.2024 - Infinity_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/588107/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 47.2024 - Infinity_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/458362/images/original/Ata de Registro de Pre&#231;o 44.2024 - Eltek_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/458623/images/original/Ata de Registro de Pre&#231;o 45.2024 - Importa Full_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/458363/images/original/Ata de Registro de Pre&#231;o 46.2024 - Jo&#227;o_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/452235/images/original/Ata de Registro de Pre&#231;o 41.2024 - Romano_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/452236/images/original/Ata de Registro de Pre&#231;o 42.2024 - Querodiesel_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450360/images/original/Ata de Registro de Pre&#231;o 39.2024 - De Nigris_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450359/images/original/Ata de Registro de Pre&#231;o 40.2024 - Guaracar_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/517687/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 40.2024 - Guaracar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450961/images/original/Ata de Registro de Pre&#231;o 38.2024 - Transrio_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450962/images/original/Ata de Registro de Pre&#231;o 37.2024 - Mattana_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/445693/images/original/Ata de Registro de Pre&#231;os 34.2024 - Guaracar_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/475356/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 34.2024 - Guaracar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/509025/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 34.2024 - Guaracar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/515731/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 34.2024 - Guaracar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/445695/images/original/Ata de Registro de Pre&#231;os 35.2024 - Mobile_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/445690/images/original/Ata de Registro de Pre&#231;os 36.2024 - Nissan_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412579/images/original/Ata de Registro de Pre&#231;o 22.2024 - Cabana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412581/images/original/Ata de Registro de Pre&#231;o 23.2024 - Claudia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412580/images/original/Ata de Registro de Pre&#231;o 24.2024 - Comepi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412586/images/original/Ata de Registro de Pre&#231;o 25.2024 - Faccina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412582/images/original/Ata de Registro de Pre&#231;o 26.2024 - Fenix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412585/images/original/Ata de Registro de Pre&#231;o 27.2024 - GDC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412584/images/original/Ata de Registro de Pre&#231;o 28.2024 - Mastersul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412583/images/original/Ata de Registro de Pre&#231;o 29.2024 - MDX.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412588/images/original/Ata de Registro de Pre&#231;o 30.2024 - MGS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412590/images/original/Ata de Registro de Pre&#231;o 31.2024 - R.J.E.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412587/images/original/Ata de Registro de Pre&#231;o 32.2024 - RP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/412589/images/original/Ata de Registro de Pre&#231;o 33.2024 - Sul.com.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/398593/images/original/Ata de Registro de Pre&#231;o 21.2024 - Gibbor_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/520122/images/original/Aditivo 01.2025 Ata de Registro de Pre&#231;o 21.2024 - Gibbor_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/525556/images/original/Aditivo 02.2025 Ata de Registro de Pre&#231;o 21.2024 - Gibbor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391861/images/original/Ata de Registro de Pre&#231;os 01.2024 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391863/images/original/Ata de Registro de Pre&#231;os 02.2024 - Carlos Henrique Lussani.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391862/images/original/Ata de Registro de Pre&#231;os 03.2024 - Douglas Alan.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391866/images/original/Ata de Registro de Pre&#231;os 04.2024 - Facilita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391869/images/original/Ata de Registro de Pre&#231;os 05.2024 - Ga&#250;cha Com&#233;rcio de Colch&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391865/images/original/Ata de Registro de Pre&#231;os 06.2024 - Helpfix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391867/images/original/Ata de Registro de Pre&#231;os 09.2024 - Leonardo Perfeito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391871/images/original/Ata de Registro de Precos 10.2024 - Livraria do Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391870/images/original/Ata de Registro de Pre&#231;os 11.2024 - MF Machado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391873/images/original/Ata de Registro de Pre&#231;os 12.2024 - Mega Papelaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/392046/images/original/Ata de Registro de Pre&#231;os 13.2024 - Moresco e Antunes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391864/images/original/Ata de Registro de Pre&#231;os 07.2024 - I9 Com&#233;rcio de Suprimentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391868/images/original/Ata de Registro de Pre&#231;os 08.2024 - JR2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391872/images/original/Ata de Registro de Pre&#231;os 14.2024 - Priscila Rauber.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391879/images/original/Ata de Registro de Pre&#231;os 15.2024 - Rc Ramos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391876/images/original/Ata de Registro de Pre&#231;os 16.2024 - Shopping do Instalador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391874/images/original/Ata de Registro de Pre&#231;os 17.2024 - Start.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391880/images/original/Ata de Registro de Pre&#231;os 18.2024 - TB Suprimentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391877/images/original/Ata de Registro de Pre&#231;os 19.2024 - Top Esporte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/391875/images/original/Ata de Registro de Pre&#231;os 20.2024 - Zappe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/404290/images/original/Aditivo 01 Ata de Registro de Pre&#231;o 10.2024 - Livraria do Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453812/images/original/Aditivo 02 Ata de Registro de Preco 10.2024 - Livraria do Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411450/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 07.2024 - I9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411454/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 06.2024 - Helpix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453463/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 06.2024 - Helpix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385605/images/original/Ata de Registro de Pre&#231;os 224.2023 - A2XR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385611/images/original/Ata de Registro de Pre&#231;os 225.2023 - Absoluta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385607/images/original/Ata de Registro de Pre&#231;os 226.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385606/images/original/Ata de Registro de Pre&#231;os 227.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385608/images/original/Ata de Registro de Pre&#231;os 228.2023 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385612/images/original/Ata de Registro de Pre&#231;os 229.2023 - Cirurgica Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385613/images/original/Ata de Registro de Pre&#231;os 230.2023 - Claudia Cristiani.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385609/images/original/Ata de Registro de Pre&#231;os 231.2023 - Dental Higix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385610/images/original/Ata de Registro de Pre&#231;os 232.2023 - Dental Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385615/images/original/Ata de Registro de Pre&#231;os 233.2023 - Dentax.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385614/images/original/Ata de Registro de Pre&#231;os 234.2023 - Diab&#233;ticos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385616/images/original/Ata de Registro de Pre&#231;os 235.2023 - Distribuidora Agua Boa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385620/images/original/Ata de Registro de Pre&#231;os 236.2023 - E.C.S..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385617/images/original/Ata de Registro de Pre&#231;os 237.2023 - Endogerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385618/images/original/Ata de Registro de Pre&#231;os 238.2023 - Farmodonto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385619/images/original/Ata de Registro de Pre&#231;os 239.2023 - Juliano de Costa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385621/images/original/Ata de Registro de Pre&#231;os 240.2023 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385624/images/original/Ata de Registro de Pre&#231;os 241.2023 - M.M. Capellaro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385628/images/original/Ata de Registro de Pre&#231;os 242.2023 - Mastermedic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385625/images/original/Ata de Registro de Pre&#231;os 243.2023 - MCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385629/images/original/Ata de Registro de Pre&#231;os 244.2023 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385623/images/original/Ata de Registro de Pre&#231;os 245.2023 - Medfio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385631/images/original/Ata de Registro de Pre&#231;os 246.2023 - Noeli.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385630/images/original/Ata de Registro de Pre&#231;os 247.2023 - Odontomed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385622/images/original/Ata de Registro de Pre&#231;os 248.2023 - Odontomedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385626/images/original/Ata de Registro de Pre&#231;os 249.2023 - Prioritta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/385627/images/original/Ata de Registro de Pre&#231;os 250.2023 - VRM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411446/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 227.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469737/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 227.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/454713/images/original/Ata de Registro de Pre&#231;os 43.2024 - Vero.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/455946/images/original/Ata de Registro de Pre&#231;os 49.2024 - Medpoa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470672/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 240.2023 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470674/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 240.2023 - LA Dalla Porta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/484380/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 250.2023 - VRM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/357734/images/original/Ata de Registro de Pre&#231;os 221.2023 - Edgar Deon_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/357735/images/original/Ata de Registro de Pre&#231;os 222.2023 - Geraldo Andreola_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367472/images/original/Ata de Registro de Pre&#231;os 174.2023 - AG Kienen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367471/images/original/Ata de Registro de Pre&#231;os 175.2023 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367488/images/original/Ata de Registro de Pre&#231;os 176.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367473/images/original/Ata de Registro de Pre&#231;os 177.2023 - Ampla.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367474/images/original/Ata de Registro de Pre&#231;os 178.2023 - Bellpharma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367484/images/original/Ata de Registro de Pre&#231;os 179.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367498/images/original/Ata de Registro de Pre&#231;os 181.2023 - Cirurgica Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367468/images/original/Ata de Registro de Pre&#231;os 182.2023 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367499/images/original/Ata de Registro de Pre&#231;os 183.2023 - Comercial Cirurgica Rioclarense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367493/images/original/Ata de Registro de Pre&#231;os 184.2023 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367506/images/original/Ata de Registro de Pre&#231;os 185.2023 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367470/images/original/Ata de Registro de Pre&#231;os 186.2023 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367487/images/original/Ata de Registro de Pre&#231;os 188.2023 - Distribuidora de Medicamentos Backes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367469/images/original/Ata de Registro de Pre&#231;os 189.2023 - DL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367476/images/original/Ata de Registro de Pre&#231;os 190.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367467/images/original/Ata de Registro de Pre&#231;os 191.2023 - Fullfarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367509/images/original/Ata de Registro de Pre&#231;os 192.2023 - Gen&#233;sio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367507/images/original/Ata de Registro de Pre&#231;os 193.2023 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367486/images/original/Ata de Registro de Pre&#231;os 195.2023 - LH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367483/images/original/Ata de Registro de Pre&#231;os 194.2023 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367475/images/original/Ata de Registro de Pre&#231;os 196.2023 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367480/images/original/Ata de Registro de Pre&#231;os 197.2023 - M D G (CONDESUS).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367485/images/original/Ata de Registro de Pre&#231;os 198.2023 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367481/images/original/Ata de Registro de Pre&#231;os 199.2023 - MED4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367511/images/original/Ata de Registro de Pre&#231;os 200.2023 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367494/images/original/Ata de Registro de Pre&#231;os 201.2023 - Mediton.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367479/images/original/Ata de Registro de Pre&#231;os 202.2023 - Metromed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367478/images/original/Ata de Registro de Pre&#231;os 203.2023 - Metta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367491/images/original/Ata de Registro de Pre&#231;os 204.2023 - MG2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367508/images/original/Ata de Registro de Pre&#231;os 205.2023 - Noeli.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367492/images/original/Ata de Registro de Pre&#231;os 180.2023 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367500/images/original/Ata de Registro de Pre&#231;os 206.2023 - Nova Medicamentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367503/images/original/Ata de Registro de Pre&#231;os 207.2023 - Nova Oeste.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367489/images/original/Ata de Registro de Pre&#231;os 208.2023 - Nutri-Ele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367502/images/original/Ata de Registro de Pre&#231;os 209.2023 - Nunesfarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367465/images/original/Ata de Registro de Precos 210.2023 - Ocian.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367501/images/original/Ata de Registro de Pre&#231;os 211.2023 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367504/images/original/Ata de Registro de Pre&#231;os 213.2023 - Prosa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367477/images/original/Ata de Registro de Pre&#231;os 214.2023 - Pharma Log.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367497/images/original/Ata de Registro de Pre&#231;os 215.2023 - RCC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367466/images/original/Ata de Registro de Pre&#231;os 216.2023 - RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367490/images/original/Ata de Registro de Pre&#231;os 217.2023 - S&amp;R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367495/images/original/Ata de Registro de Pre&#231;os 218.2023 - Stock Med.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367510/images/original/Ata de Registro de Pre&#231;os 219.2023 - Top Norte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367482/images/original/Ata de Registro de Pre&#231;os 220.2023 - Werbran.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/406924/images/original/Aditivo Ata de Registro de Pre&#231;o 175.2023 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/464429/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 175.2023 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/408476/images/original/Reclassifica&#231;&#227;o 01.2024 Ata de Registro de Pre&#231;o 187.2023 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/494719/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 187.2023 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415958/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 211.2023 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/418034/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 211.2023 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451943/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 211.2023 - Pontamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/470918/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 174.2023 - AG Kienen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367505/images/original/Ata de Registro de Pre&#231;os 187.2023 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/415621/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 184.2023 - Conquista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416520/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 193.2023 - Goldenplus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416571/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 179.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/480086/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 179.2023 - Centermedi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446825/images/original/Aditivo 01.2024 Ata de Registro de Preco 210.2023 - Ocian.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469452/images/original/Aditivo 02.2024 Ata de Registro de Preco 210.2023 - Ocian.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367496/images/original/Ata de Registro de Pre&#231;os 212.2023 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447897/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 190.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448188/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 204.2023 - MG2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448186/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 204.2023 - MG2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448189/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 200.2023 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/453134/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 200.2023 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469812/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 200.2023 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451565/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 182.2023 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416170/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 204.2023 - MG2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/452747/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 216.2023 - Soma-RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/480087/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 216.2023 - Soma-RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487377/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 216.2023 - Soma-RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466170/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 212.2023 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466347/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 206.2023 - Nova Medicamentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/466358/images/original/Ata de Registro de Pre&#231;os 176.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/483410/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 176.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/471081/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 181.2023 - Cirurgica Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/479522/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 185.2023 - Crist&#225;lia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485703/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 194.2023 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/485702/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 194.2023 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/493416/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 194.2023 - Inovamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/469898/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 206.2023 - Nova Medicamentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/493415/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 198.2023 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/494836/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 186.2023 - Dimaster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367905/images/original/Ata de Registro de Pre&#231;os 153.2023 - A M.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367898/images/original/Ata de Registro de Pre&#231;os 154.2023 - AJP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367902/images/original/Ata de Registro de Pre&#231;os 155.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367910/images/original/Ata de Registro de Pre&#231;os 156.2023 - BL Paper.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367897/images/original/Ata de Registro de Pre&#231;os 157.2023 - Com. Atacadista Ilha Bela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367908/images/original/Ata de Registro de Pre&#231;os 158.2023 - Copapel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367900/images/original/Ata de Registro de Pre&#231;os 159.2023 - Deloski.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367896/images/original/Ata de Registro de Pre&#231;os 160.2023 - Ecorecicla.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367916/images/original/Ata de Registro de Pre&#231;os 161.2023 - Fortpel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367899/images/original/Ata de Registro de Pre&#231;os 162.2023 - Impar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367904/images/original/Ata de Registro de Pre&#231;os 163.2023 - La Maison.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367911/images/original/Ata de Registro de Precos 164.2023 - Livraria do Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367901/images/original/Ata de Registro de Pre&#231;os 165.2023 - Luis Cesar do Nascimento Gomes_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367915/images/original/Ata de Registro de Pre&#231;os 166.2023 - Novo Horizonte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367903/images/original/Ata de Registro de Pre&#231;os 167.2023 - POA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367906/images/original/Ata de Registro de Pre&#231;os 168.2023 - Revendedora Correia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367909/images/original/Ata de Registro de Pre&#231;os 169.2023 - Roberto de Conto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367907/images/original/Ata de Registro de Pre&#231;os 170.2023 - Teles Solu&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367914/images/original/Ata de Registro de Pre&#231;os 171.2023 - Thais Moreira Castillo Escher.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367912/images/original/Ata de Registro de Pre&#231;os 172.2023 - WE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/367913/images/original/Ata de Registro de Pre&#231;os 173.2023 - Zoom.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446318/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 170.2023 - Teles Solu&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447734/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 170.2023 - Teles Solu&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/487010/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 170.2023 - Teles Solu&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447725/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 161.2023 - Fortpel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/447726/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 161.2023 - Fortpel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/486946/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 162.2023 - Impar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/350784/images/original/Ata de Registro de Pre&#231;os 152.2023 - BOOL_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349218/images/original/Ata de Registro de Pre&#231;os 133.2023 - Altermed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349225/images/original/Ata de Registro de Pre&#231;os 134.2023 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349224/images/original/Ata de Registro de Pre&#231;os 135.2023 - Cirurgica Santa Cruz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349220/images/original/Ata de Registro de Pre&#231;os 136.2023 - CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349223/images/original/Ata de Registro de Pre&#231;os 137.2023 - Comercial Cirurgica Rioclarense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349231/images/original/Ata de Registro de Pre&#231;os 138.2023 - Dimeva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349222/images/original/Ata de Registro de Pre&#231;os 139.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349226/images/original/Ata de Registro de Pre&#231;os 140.2023 - Fufamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349229/images/original/Ata de Registro de Pre&#231;os 141.2023 - Gen&#233;sio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349221/images/original/Ata de Registro de Pre&#231;os 142.2023 - Kfmed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349219/images/original/Ata de Registro de Pre&#231;os 143.2023 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349234/images/original/Ata de Registro de Pre&#231;os 144.2023 - Medilar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349236/images/original/Ata de Registro de Pre&#231;os 145.2023 - Nutriport.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349235/images/original/Ata de Registro de Pre&#231;os 146.2023 - Onco Prod.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349227/images/original/Ata de Registro de Pre&#231;os 147.2023 - Promefarma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349228/images/original/Ata de Registro de Pre&#231;os 148.2023 - Pharma Log.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349230/images/original/Ata de Registro de Pre&#231;os 149.2023 - S&amp;R.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349232/images/original/Ata de Registro de Pre&#231;os 150.2023 - Vict&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/349233/images/original/Ata de Registro de Pre&#231;os 151.2023 - WF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/404247/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 139.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450898/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 139.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/455288/images/original/Aditivo 03.2024 Ata de Registro de Pre&#231;o 139.2023 - Drogarias Farmacesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/406011/images/original/Reclassifica&#231;&#227;o 01.2024 Ata de Registro de Pre&#231;o 134.2023 - Ciamed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417761/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 150.2023 - Vict&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/450916/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 143.2023 - Licimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/347977/images/original/Ata de Registro de Pre&#231;os 128.2023 - Conceito_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/347975/images/original/Ata de Registro de Pre&#231;os 129.2023 - Dufilter_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/347978/images/original/Ata de Registro de Pre&#231;os 130.2023 - Jomk_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/347979/images/original/Ata de Registro de Pre&#231;os 131.2023 - Mega_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/347976/images/original/Ata de Registro de Pre&#231;os 132.2023 - Store_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/329039/images/original/Ata de Registro de Pre&#231;os 127.2023 - White Martins_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/329040/images/original/Ata de Registro de Pre&#231;os 126.2023 - Oxi Caxias_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/318219/images/original/Ata de Registro de Pre&#231;os 125.2023 - CONSTRUCOES E PAVIMENTACOES LLA LTDA_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/451459/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;os 125.2023 - CONSTRUCOES E PAVIMENTACOES LLA LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320307/images/original/Ata de Registro de Pre&#231;os 107.2023 - Allume.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320309/images/original/Ata de Registro de Pre&#231;os 108.2023 - BA Luz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320312/images/original/Ata de Registro de Pre&#231;os 109.2023 - Delvalle.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320317/images/original/Ata de Registro de Pre&#231;os 110.2023 - DMP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320310/images/original/Ata de Registro de Pre&#231;os 111.2023 - DW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320315/images/original/Ata de Registro de Pre&#231;os 112.2023 - Ecolumen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320313/images/original/Ata de Registro de Pre&#231;os 113.2023 - F-Commerce.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320314/images/original/Ata de Registro de Pre&#231;os 114.2023 - Instalart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320311/images/original/Ata de Registro de Pre&#231;os 115.2023 - JCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320321/images/original/Ata de Registro de Pre&#231;os 116.2023 - LAM Castle.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320308/images/original/Ata de Registro de Pre&#231;os 117.2023 - Lurosan.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320320/images/original/Ata de Registro de Pre&#231;os 119.2023 - Mork Solar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320316/images/original/Ata de Registro de Pre&#231;os 120.2023 - N-Led.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320322/images/original/Ata de Registro de Pre&#231;os 121.2023 - Riwo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320323/images/original/Ata de Registro de Pre&#231;os 122.2023 - Sinces.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320319/images/original/Ata de Registro de Pre&#231;os 123.2023 - Slotko.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320318/images/original/Ata de Registro de Pre&#231;os 124.2023 - S&#243;lida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/314674/images/original/Ata de Registro de Pre&#231;os 106.2023 - Minera&#231;&#227;o Florence_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/314882/images/original/Ata de Registro de Pre&#231;os 104.2023 - MLINCK_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/314883/images/original/Ata de Registro de Pre&#231;os 105.2023 - TRANSVEPAR_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320449/images/original/Ata de Registro de Pre&#231;os 46.2023 - A C L.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320456/images/original/Ata de Registro de Pre&#231;os 47.2023 - ABC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320461/images/original/Ata de Registro de Pre&#231;os 48.2023 - ALTERMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320454/images/original/Ata de Registro de Pre&#231;os 49.2023 - ANGULAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320453/images/original/Ata de Registro de Pre&#231;os 50.2023 - ATUAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320533/images/original/Ata de Registro de Pre&#231;os 51.2023 - AUTOMX.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320455/images/original/Ata de Registro de Pre&#231;os 52.2023 - CEPALAB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320460/images/original/Ata de Registro de Pre&#231;os 53.2023 - CIRUPAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320450/images/original/Ata de Registro de Pre&#231;os 54.2023 - CIRURGICA CERON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320451/images/original/Ata de Registro de Pre&#231;os 55.2023 - CIRURGICA LAJEADENSE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320464/images/original/Ata de Registro de Pre&#231;os 56.2023 - CIRURGICA SANTA CRUZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320452/images/original/Ata de Registro de Pre&#231;os 57.2023 - CLAUDIA CRISTIANI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320458/images/original/Ata de Registro de Pre&#231;os 58.2023 - CMOS DRAKE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320478/images/original/Ata de Registro de Pre&#231;os 59.2023 - COOPERATIVA CENTRAL UNIMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320459/images/original/Ata de Registro de Pre&#231;os 60.2023 - CQC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320462/images/original/Ata de Registro de Pre&#231;os 61.2023 - CRIST&#193;LIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320463/images/original/Ata de Registro de Pre&#231;os 62.2023 - DELTA SHOP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320457/images/original/Ata de Registro de Pre&#231;os 63.2023 - DIMASTER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320466/images/original/Ata de Registro de Pre&#231;os 64.2023 - DISMATH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320468/images/original/Ata de Registro de Pre&#231;os 65.2023 - DOC MED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320465/images/original/Ata de Registro de Pre&#231;os 66.2023 - ENDOGERAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320467/images/original/Ata de Registro de Pre&#231;os 67.2023 - ELISVANDIA MATOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320496/images/original/Ata de Registro de Pre&#231;os 68.2023 - FATO IMPORTADORA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320469/images/original/Ata de Registro de Pre&#231;os 69.2023 - FIVE MEDICAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320474/images/original/Ata de Registro de Precos 70.2023 - FRANCILENE RAMALHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320476/images/original/Ata de Registro de Pre&#231;os 71.2023 - FUFAMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320470/images/original/Ata de Registro de Pre&#231;os 72.2023 - GD ATACADISTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320471/images/original/Ata de Registro de Pre&#231;os 73.2023 - GENIAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320481/images/original/Ata de Registro de Pre&#231;os 74.2023 - GOLDENPLUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320475/images/original/Ata de Registro de Pre&#231;os 75.2023 - IMPERIUM MED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320479/images/original/Ata de Registro de Pre&#231;os 76.2023 - IMUNE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320473/images/original/Ata de Registro de Pre&#231;os 77.2023 - INOVAMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320472/images/original/Ata de Registro de Pre&#231;os 78.2023 - IS 8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320477/images/original/Ata de Registro de Pre&#231;os 79.2023 - JAB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320488/images/original/Ata de Registro de Pre&#231;os 80.2023 - JOHAN &amp; STEFANI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320486/images/original/Ata de Registro de Pre&#231;os 81.2023 - L.A. DALLA PORTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320483/images/original/Ata de Registro de Pre&#231;os 82.2023 - MASTERMEDIC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320489/images/original/Ata de Registro de Pre&#231;os 83.2023 - MASTERSUL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320482/images/original/Ata de Registro de Pre&#231;os 84.2023 - MCW.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320485/images/original/Ata de Registro de Pre&#231;os 85.2023 - MED4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320480/images/original/Ata de Registro de Pre&#231;os 86.2023 - MEDBRANDS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320484/images/original/Ata de Registro de Pre&#231;os 87.2023 - MEDEFE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320497/images/original/Ata de Registro de Pre&#231;os 88.2023 - MEDILAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320490/images/original/Ata de Registro de Pre&#231;os 89.2023 - MEDPOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320491/images/original/Ata de Registro de Pre&#231;os 90.2023 - MEDSANTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320492/images/original/Ata de Registro de Pre&#231;os 92.2023 - MOGI MEDICAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320487/images/original/Ata de Registro de Pre&#231;os 93.2023 - NGD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320494/images/original/Ata de Registro de Pre&#231;os 94.2023 - NOELI VIEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320495/images/original/Ata de Registro de Pre&#231;os 95.2023 - ODONTOMEDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320501/images/original/Ata de Registro de Pre&#231;os 96.2023 - ORTHO PAUHER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320505/images/original/Ata de Registro de Pre&#231;os 97.2023 - PRIORITTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320498/images/original/Ata de Registro de Pre&#231;os 98.2023 - PRODUVALE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320502/images/original/Ata de Registro de Pre&#231;os 99.2023 - RAPIDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320503/images/original/Ata de Registro de Pre&#231;os 100.2023 - RS PRODUTOS HOSPITALARES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320504/images/original/Ata de Registro de Pre&#231;os 101.2023 - SAAVEDRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320499/images/original/Ata de Registro de Pre&#231;os 102.2023 - TOP NORTE.pdf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320500/images/original/Ata de Registro de Pre&#231;os 103.2023 - UDILIFE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/320493/images/original/Ata de Registro de Pre&#231;os 91.2023 - METROMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/410356/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 100.2023 - RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417922/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 100.2023 - RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/411147/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 72.2023 - GD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/413742/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 72.2023 - GD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/413660/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 81.2023 - L.A. DALLA PORTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417882/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 81.2023 - L.A. DALLA PORTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/414442/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 48.2023 - ALTERMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/414410/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 48.2023 - ALTERMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/416286/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 88.2023 - MEDILAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417015/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 87.2023 - MEDEFE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/455459/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 88.2023 - MEDILAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/417934/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 82.2023 - MASTERMEDIC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448875/images/original/Aditivo 02.2024 Ata de Registro de Pre&#231;o 87.2023 - MEDEFE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446365/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 90.2023 - MEDSANTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446824/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 93.2023 - NGD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/448615/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 98.2023 - PRODUVALE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/449703/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 94.2023 - NOELI VIEIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/455381/images/original/Aditivo 01.2024 Ata de Registro de Pre&#231;o 91.2023 - METROMED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/458109/images/original/Ata de Registro de Pre&#231;os 48.2024 - CENTERMEDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312827/images/original/Ata de Registro de Precos 38.2023 - Bellenzier Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312829/images/original/Ata de Registro de Pre&#231;os 39.2023 - Comercial Nova Era.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312828/images/original/Ata de Registro de Pre&#231;os 40.2023 - Milano Comercio de Pneum&#225;ticos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312834/images/original/Ata de Registro de Pre&#231;os 41.2023 - Multi Comercio de Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312833/images/original/Ata de Registro de Pre&#231;os 42.2023 - Nacional Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312831/images/original/Ata de Registro de Pre&#231;os 43.2023 - Rodamax Comercio de Pneus CONDESUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312830/images/original/Ata de Registro de Precos 44.2023 - Schwab Comercio de Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/312832/images/original/Ata de Registro de Pre&#231;os 45.2023 - S&#243; Pneus Comercial Automotivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/378021/images/original/Ata de Registro de Pre&#231;os 223.2023 - Modelo Pneus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/310828/images/original/Ata de Registro de Pre&#231;os 37.2023 - SIM Rede de Postos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/458685/images/original/Aditivo n&#186; 01.2024 Ata de Registro de Pre&#231;o n&#186; 37.2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/296841/images/original/Ata de Registro de Pre&#231;o 36.2023 - &#211;leo Diesel (Querodiesel)_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/304243/images/original/Aditivo Ata de Registro de Pre&#231;o 36.2023 - &#211;leo Diesel (Querodiesel)_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/296270/images/original/Ata de Registro de Pre&#231;o 34.2023 - Tubos de Concreto (RS Concretos)_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/296269/images/original/Ata de Registro de Pre&#231;o 35.2023 - Tubos de Concreto (Tilu)_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/296271/images/original/Ata de Registro de Pre&#231;o 33.2023 - Tubos de Concreto (Moamar)_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/293142/images/original/Ata de Registro de Pre&#231;o n&#186; 32.2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/446368/images/original/Aditivo n&#186; 01.2024 Ata de Registro de Pre&#231;o n&#186; 32.2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/291679/images/original/Ata de Registro de Pre&#231;o 31.2023 - CARLA PORTOLAN ASSINADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/290198/images/original/Despacho - Superar e Gervasio (Cancelamento ARP's).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288677/images/original/Ata de Registro de Pre&#231;o 29.2023 - Materiais de Inform&#225;tica e Aparelhos de Ar-condicionado (Superar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288678/images/original/Ata de Registro de Pre&#231;o 27.2023 - Materiais de Inform&#225;tica e Aparelhos de Ar-condicionado (Nedel).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288676/images/original/Ata de Registro de Pre&#231;o 26.2023 - Materiais de Inform&#225;tica e Aparelhos de Ar-condicionado (Microt&#233;cnica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288675/images/original/Ata de Registro de Pre&#231;o 25.2023 - Materiais de Inform&#225;tica e Aparelhos de Ar-condicionado (Verlin).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288673/images/original/Ata de Registro de Pre&#231;o n&#186; 04.2023 (Mattana)_assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288668/images/original/Ata de Registro de Pre&#231;o n&#186; 03.2023 - Ve&#237;culos (CKS).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288669/images/original/Ata de Registro de Pre&#231;o n&#186; 03.2023 - Ve&#237;culos (Via Porto).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288670/images/original/Ata de Registro de Pre&#231;o n&#186; 03.2023 - Ve&#237;culos (GM).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288671/images/original/Ata de Registro de Pre&#231;o n&#186; 03.2023 - Ve&#237;culos (JCB).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288672/images/original/Ata de Registro de Pre&#231;o n&#186; 03.2023 - Ve&#237;culos (Guaracar).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288470/images/original/Ata-de-Registro-de-Pre&#231;o-n&#186;-02.2023-Coffee-break-Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288469/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Appropriato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288468/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Boing.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288467/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Boni.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288466/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-C.-Gazola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288465/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Carlos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288464/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Dicapel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288462/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Helpfix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288461/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Kleber.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288455/images/original/Ata-de-Registro-de-Precos-01.2023-Livraria-do-Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288454/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-M.L.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288453/images/original/Ata-de-Registro-de-Pre&#231;os-01.2023-Mais-Esporte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/283/DocumentAssets/288452/images/original/Ata-de-Registro-de-Precos-01.2023-Metromed.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C1253"/>
+  <dimension ref="A1:C1273"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C1253" sqref="C1253"/>
+      <selection activeCell="C1273" sqref="C1273"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B27" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B28" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B29" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B30" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B31" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B33" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B34" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B35" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B36" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B40" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B41" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="B42" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="B43" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="B44" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="B45" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>15</v>
+      </c>
+      <c r="B46" t="s">
+        <v>16</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="B47" t="s">
+        <v>16</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B48" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B49" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B50" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B51" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B52" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B53" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B54" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B55" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B56" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B57" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B58" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B59" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B60" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B61" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B63" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B64" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B65" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B66" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B67" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B68" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B69" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B70" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B71" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B72" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B73" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B74" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="B75" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="B76" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="B77" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="B78" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="B79" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="B80" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="B81" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B82" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B83" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B84" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B85" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B86" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B87" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B88" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B89" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B90" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B91" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B92" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B93" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B95" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B96" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B97" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B98" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B99" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B100" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B101" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B102" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B103" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B104" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B105" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B106" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B107" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B108" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B109" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B110" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B111" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B112" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B113" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B114" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B115" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B116" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B117" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B118" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B119" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>131</v>
+        <v>93</v>
       </c>
       <c r="B120" t="s">
-        <v>132</v>
+        <v>94</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>131</v>
+        <v>93</v>
       </c>
       <c r="B121" t="s">
-        <v>132</v>
+        <v>94</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>131</v>
+        <v>93</v>
       </c>
       <c r="B122" t="s">
-        <v>132</v>
+        <v>94</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
+        <v>93</v>
+      </c>
+      <c r="B123" t="s">
+        <v>94</v>
+      </c>
+      <c r="C123" s="1" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>136</v>
+        <v>93</v>
       </c>
       <c r="B124" t="s">
+        <v>94</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>136</v>
+        <v>93</v>
       </c>
       <c r="B125" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
       <c r="B126" t="s">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
       <c r="B127" t="s">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
+        <v>93</v>
+      </c>
+      <c r="B128" t="s">
+        <v>94</v>
+      </c>
+      <c r="C128" s="1" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
       <c r="B129" t="s">
+        <v>94</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
       <c r="B130" t="s">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
       <c r="B131" t="s">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
       <c r="B132" t="s">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
       <c r="B133" t="s">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B134" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B135" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B136" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="B137" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="B138" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="B139" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="B140" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="B141" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="B142" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="B143" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="B144" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="B145" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="B146" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
+        <v>157</v>
+      </c>
+      <c r="B147" t="s">
+        <v>158</v>
+      </c>
+      <c r="C147" s="1" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="B148" t="s">
+        <v>158</v>
+      </c>
+      <c r="C148" s="1" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="B149" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="B150" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="B151" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="B152" t="s">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="B153" t="s">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
+        <v>157</v>
+      </c>
+      <c r="B154" t="s">
+        <v>158</v>
+      </c>
+      <c r="C154" s="1" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="B155" t="s">
+        <v>158</v>
+      </c>
+      <c r="C155" s="1" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>179</v>
+        <v>157</v>
       </c>
       <c r="B156" t="s">
-        <v>180</v>
+        <v>158</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>179</v>
+        <v>157</v>
       </c>
       <c r="B157" t="s">
-        <v>180</v>
+        <v>158</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>179</v>
+        <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>180</v>
+        <v>158</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>179</v>
+        <v>157</v>
       </c>
       <c r="B159" t="s">
-        <v>180</v>
+        <v>158</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>179</v>
       </c>
       <c r="B160" t="s">
         <v>180</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B161" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B162" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B163" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B164" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B165" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="B166" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="B167" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="B168" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="B169" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="B170" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B171" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B172" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B173" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B174" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B175" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B176" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B177" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B178" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B179" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B180" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B181" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B182" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="B183" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B184" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B185" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B186" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B187" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B188" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B189" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B190" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B191" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B192" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B193" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B194" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B195" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B196" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B198" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B199" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B200" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="B201" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>209</v>
+        <v>229</v>
       </c>
       <c r="B202" t="s">
-        <v>210</v>
+        <v>230</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>209</v>
+        <v>229</v>
       </c>
       <c r="B203" t="s">
-        <v>210</v>
+        <v>230</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B204" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B205" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B206" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B207" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B208" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B209" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B210" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
+        <v>229</v>
+      </c>
+      <c r="B211" t="s">
+        <v>230</v>
+      </c>
+      <c r="C211" s="1" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
       <c r="B212" t="s">
-        <v>244</v>
+        <v>230</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
       <c r="B213" t="s">
-        <v>244</v>
+        <v>230</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
+        <v>229</v>
+      </c>
+      <c r="B214" t="s">
+        <v>230</v>
+      </c>
+      <c r="C214" s="1" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
       <c r="B215" t="s">
+        <v>230</v>
+      </c>
+      <c r="C215" s="1" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>249</v>
+        <v>229</v>
       </c>
       <c r="B216" t="s">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>249</v>
+        <v>229</v>
       </c>
       <c r="B217" t="s">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>249</v>
+        <v>229</v>
       </c>
       <c r="B218" t="s">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>249</v>
+        <v>229</v>
       </c>
       <c r="B219" t="s">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
+        <v>229</v>
+      </c>
+      <c r="B220" t="s">
+        <v>230</v>
+      </c>
+      <c r="C220" s="1" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>256</v>
+        <v>229</v>
       </c>
       <c r="B221" t="s">
-        <v>257</v>
+        <v>230</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B222" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B223" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B224" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
+        <v>251</v>
+      </c>
+      <c r="B225" t="s">
+        <v>252</v>
+      </c>
+      <c r="C225" s="1" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B226" t="s">
+        <v>252</v>
+      </c>
+      <c r="C226" s="1" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B227" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B228" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B229" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B230" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B231" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B232" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B233" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>256</v>
+        <v>269</v>
       </c>
       <c r="B234" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>256</v>
+        <v>269</v>
       </c>
       <c r="B235" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>256</v>
+        <v>269</v>
       </c>
       <c r="B236" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>256</v>
+        <v>269</v>
       </c>
       <c r="B237" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>256</v>
+        <v>269</v>
       </c>
       <c r="B238" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B239" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B240" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B241" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B242" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B243" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B244" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B245" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B246" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B247" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B248" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B249" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B250" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B251" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B252" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B253" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B254" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B255" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B256" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B257" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B258" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B259" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B260" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B261" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B262" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B263" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B264" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B265" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B266" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B267" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B268" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B269" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B270" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B271" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B272" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B273" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B274" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B275" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B276" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B278" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B279" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B280" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B281" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B282" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B283" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B284" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B285" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B286" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B287" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B288" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B289" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B290" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B291" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B292" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B293" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B294" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B295" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B296" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B297" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B298" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B299" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B300" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B301" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B302" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B303" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B304" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B305" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B306" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B307" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B308" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B309" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B310" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B311" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B312" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B313" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B314" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B315" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B316" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>342</v>
+        <v>276</v>
       </c>
       <c r="B317" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
+        <v>276</v>
+      </c>
+      <c r="B318" t="s">
+        <v>277</v>
+      </c>
+      <c r="C318" s="1" t="s">
         <v>357</v>
-      </c>
-[...4 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>360</v>
+        <v>276</v>
       </c>
       <c r="B319" t="s">
-        <v>361</v>
+        <v>277</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>360</v>
+        <v>276</v>
       </c>
       <c r="B320" t="s">
-        <v>361</v>
+        <v>277</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>364</v>
+        <v>276</v>
       </c>
       <c r="B321" t="s">
-        <v>365</v>
+        <v>277</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>367</v>
+        <v>276</v>
       </c>
       <c r="B322" t="s">
-        <v>368</v>
+        <v>277</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>369</v>
+        <v>361</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>367</v>
+        <v>276</v>
       </c>
       <c r="B323" t="s">
-        <v>368</v>
+        <v>277</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>367</v>
+        <v>276</v>
       </c>
       <c r="B324" t="s">
-        <v>368</v>
+        <v>277</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B325" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
+        <v>364</v>
+      </c>
+      <c r="B326" t="s">
+        <v>365</v>
+      </c>
+      <c r="C326" s="1" t="s">
         <v>367</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B327" t="s">
+        <v>365</v>
+      </c>
+      <c r="C327" s="1" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B328" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B329" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B330" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B331" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B332" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B333" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B334" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B335" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B336" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B337" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="B338" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>367</v>
+        <v>382</v>
       </c>
       <c r="B339" t="s">
-        <v>368</v>
+        <v>383</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>367</v>
+        <v>382</v>
       </c>
       <c r="B340" t="s">
-        <v>368</v>
+        <v>383</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>367</v>
+        <v>386</v>
       </c>
       <c r="B341" t="s">
-        <v>368</v>
+        <v>387</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
-        <v>367</v>
+        <v>389</v>
       </c>
       <c r="B342" t="s">
-        <v>368</v>
+        <v>390</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>367</v>
+        <v>389</v>
       </c>
       <c r="B343" t="s">
-        <v>368</v>
+        <v>390</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>367</v>
+        <v>389</v>
       </c>
       <c r="B344" t="s">
-        <v>368</v>
+        <v>390</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B345" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B346" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B347" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B348" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B349" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B350" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B351" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B352" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B353" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B354" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B355" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B356" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B357" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B358" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B359" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B360" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B361" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B362" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B363" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B364" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>392</v>
+        <v>414</v>
       </c>
       <c r="B365" t="s">
-        <v>393</v>
+        <v>415</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>392</v>
+        <v>414</v>
       </c>
       <c r="B366" t="s">
-        <v>393</v>
+        <v>415</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>392</v>
+        <v>414</v>
       </c>
       <c r="B367" t="s">
-        <v>393</v>
+        <v>415</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>392</v>
+        <v>414</v>
       </c>
       <c r="B368" t="s">
-        <v>393</v>
+        <v>415</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>392</v>
+        <v>414</v>
       </c>
       <c r="B369" t="s">
-        <v>393</v>
+        <v>415</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>392</v>
+        <v>414</v>
       </c>
       <c r="B370" t="s">
-        <v>393</v>
+        <v>415</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B371" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
+        <v>414</v>
+      </c>
+      <c r="B372" t="s">
+        <v>415</v>
+      </c>
+      <c r="C372" s="1" t="s">
         <v>423</v>
-      </c>
-[...4 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B373" t="s">
+        <v>415</v>
+      </c>
+      <c r="C373" s="1" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B374" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B375" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B376" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B377" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B378" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B379" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B380" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B381" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B382" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B383" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B384" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B385" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B386" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B387" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B388" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B389" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B390" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B391" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>423</v>
+        <v>443</v>
       </c>
       <c r="B392" t="s">
-        <v>424</v>
+        <v>444</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>423</v>
+        <v>446</v>
       </c>
       <c r="B393" t="s">
-        <v>424</v>
+        <v>447</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
+        <v>446</v>
+      </c>
+      <c r="B394" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
+        <v>446</v>
+      </c>
+      <c r="B395" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
+        <v>446</v>
+      </c>
+      <c r="B396" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
+        <v>446</v>
+      </c>
+      <c r="B397" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
+        <v>446</v>
+      </c>
+      <c r="B398" t="s">
+        <v>447</v>
+      </c>
+      <c r="C398" s="1" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="B399" t="s">
+        <v>447</v>
+      </c>
+      <c r="C399" s="1" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="B400" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="B401" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="B402" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="B403" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B404" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B405" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
+        <v>446</v>
+      </c>
+      <c r="B406" t="s">
+        <v>447</v>
+      </c>
+      <c r="C406" s="1" t="s">
         <v>461</v>
-      </c>
-[...4 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B407" t="s">
+        <v>447</v>
+      </c>
+      <c r="C407" s="1" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B408" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B409" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B410" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B411" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B412" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B413" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B414" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="B415" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="B416" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="B417" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="B418" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
+        <v>476</v>
+      </c>
+      <c r="B419" t="s">
+        <v>477</v>
+      </c>
+      <c r="C419" s="1" t="s">
         <v>478</v>
-      </c>
-[...4 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="B420" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="B421" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="B422" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="B423" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>489</v>
+        <v>476</v>
       </c>
       <c r="B424" t="s">
-        <v>490</v>
+        <v>477</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B425" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B426" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B427" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
+        <v>484</v>
+      </c>
+      <c r="B428" t="s">
+        <v>485</v>
+      </c>
+      <c r="C428" s="1" t="s">
         <v>489</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B429" t="s">
+        <v>485</v>
+      </c>
+      <c r="C429" s="1" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B430" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B431" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B432" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B433" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B434" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B435" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B436" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B437" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B438" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B439" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
-        <v>489</v>
+        <v>501</v>
       </c>
       <c r="B440" t="s">
-        <v>490</v>
+        <v>502</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
-        <v>489</v>
+        <v>504</v>
       </c>
       <c r="B441" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
-        <v>489</v>
+        <v>504</v>
       </c>
       <c r="B442" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
-        <v>489</v>
+        <v>508</v>
       </c>
       <c r="B443" t="s">
-        <v>490</v>
+        <v>509</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
-        <v>489</v>
+        <v>508</v>
       </c>
       <c r="B444" t="s">
-        <v>490</v>
+        <v>509</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B445" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B446" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B447" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B448" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B449" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B450" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B451" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B452" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B453" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B454" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B455" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B456" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B457" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B458" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B459" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B460" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B461" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B462" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B463" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B464" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B465" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B466" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B467" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B468" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B469" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B470" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B471" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B472" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="B473" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B474" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C474" s="1" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B475" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B476" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B477" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B478" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B479" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B480" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B481" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B482" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B483" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B484" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B485" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B486" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B487" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B488" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B489" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B490" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B491" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B492" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B493" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B494" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B495" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B496" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B497" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B498" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B499" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B500" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B501" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B502" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B503" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B504" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B505" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B506" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B507" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B508" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B509" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B510" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="B511" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="B512" t="s">
-        <v>582</v>
+        <v>565</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="B513" t="s">
-        <v>582</v>
+        <v>565</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
+        <v>564</v>
+      </c>
+      <c r="B514" t="s">
+        <v>565</v>
+      </c>
+      <c r="C514" s="1" t="s">
         <v>585</v>
-      </c>
-[...4 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B515" t="s">
+        <v>565</v>
+      </c>
+      <c r="C515" s="1" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B516" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B517" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B518" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B519" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B520" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B521" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B522" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B523" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B524" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B525" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B526" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B527" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B528" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B529" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B530" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B531" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="B532" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>585</v>
+        <v>604</v>
       </c>
       <c r="B533" t="s">
-        <v>586</v>
+        <v>605</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>585</v>
+        <v>604</v>
       </c>
       <c r="B534" t="s">
-        <v>586</v>
+        <v>605</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B535" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B536" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B537" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B538" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B539" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B540" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B541" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B542" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B543" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B544" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B545" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B546" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B547" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B548" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B549" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="B550" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B551" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B552" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B553" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B554" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B555" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B556" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B557" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B558" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B559" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B560" t="s">
+        <v>609</v>
+      </c>
+      <c r="C560" s="1" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B561" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B562" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B563" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B564" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B565" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B566" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B567" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B568" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B569" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B570" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="B571" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="B572" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="B573" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="B574" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="B575" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="B576" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="B577" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="B578" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="B579" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="B580" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B581" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B582" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B583" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B584" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B585" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B586" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B587" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B588" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B589" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B590" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B591" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B592" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B593" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B594" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B595" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B596" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B597" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B598" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B599" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B600" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B601" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B602" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B603" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B604" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B605" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B606" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B607" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B608" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B609" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B610" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B611" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B612" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B613" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B614" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B615" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B616" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B617" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B618" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B619" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B620" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B621" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B622" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B623" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B624" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B625" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B626" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B627" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B628" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B629" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B630" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B631" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B632" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B633" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B634" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B635" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B636" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B637" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B638" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B639" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B640" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C640" s="1" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B641" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C641" s="1" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B642" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C642" s="1" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B643" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C643" s="1" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B644" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C644" s="1" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B645" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C645" s="1" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B646" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C646" s="1" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B647" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C647" s="1" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B648" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C648" s="1" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B649" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C649" s="1" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B650" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C650" s="1" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B651" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C651" s="1" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B652" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C652" s="1" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B653" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C653" s="1" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B654" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C654" s="1" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B655" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C655" s="1" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B656" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C656" s="1" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B657" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C657" s="1" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B658" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C658" s="1" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B659" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C659" s="1" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
-        <v>716</v>
+        <v>657</v>
       </c>
       <c r="B660" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="C660" s="1" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B661" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B662" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B663" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B664" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B665" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B666" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B667" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B668" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B669" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
-        <v>748</v>
+        <v>739</v>
       </c>
       <c r="B670" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="C670" s="1" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
-        <v>748</v>
+        <v>739</v>
       </c>
       <c r="B671" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="C671" s="1" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
-        <v>748</v>
+        <v>739</v>
       </c>
       <c r="B672" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="C672" s="1" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
+        <v>739</v>
+      </c>
+      <c r="B673" t="s">
+        <v>740</v>
+      </c>
+      <c r="C673" s="1" t="s">
         <v>753</v>
-      </c>
-[...4 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B674" t="s">
+        <v>740</v>
+      </c>
+      <c r="C674" s="1" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B675" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B676" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B677" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B678" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B679" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B680" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B681" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B682" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B683" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B684" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B685" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B686" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B687" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B688" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B689" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="B690" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
-        <v>753</v>
+        <v>771</v>
       </c>
       <c r="B691" t="s">
-        <v>754</v>
+        <v>772</v>
       </c>
       <c r="C691" s="1" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
-        <v>753</v>
+        <v>771</v>
       </c>
       <c r="B692" t="s">
-        <v>754</v>
+        <v>772</v>
       </c>
       <c r="C692" s="1" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
-        <v>753</v>
+        <v>771</v>
       </c>
       <c r="B693" t="s">
-        <v>754</v>
+        <v>772</v>
       </c>
       <c r="C693" s="1" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B694" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B695" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B696" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B697" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B698" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B699" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B700" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B701" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B702" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B703" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B704" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B705" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B706" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B707" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B708" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B709" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B710" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B711" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B712" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B713" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B714" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B715" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B716" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B717" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B718" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B719" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B720" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B721" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B722" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B723" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B724" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B725" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B726" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B727" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
-        <v>810</v>
+        <v>776</v>
       </c>
       <c r="B728" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
-        <v>810</v>
+        <v>776</v>
       </c>
       <c r="B729" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
-        <v>810</v>
+        <v>776</v>
       </c>
       <c r="B730" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B731" t="s">
+        <v>777</v>
+      </c>
+      <c r="C731" s="1" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B732" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B733" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B734" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B735" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B736" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B737" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B738" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B739" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B740" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B741" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B742" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B743" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B744" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B745" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B746" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B747" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
-        <v>814</v>
+        <v>776</v>
       </c>
       <c r="B748" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
-        <v>814</v>
+        <v>833</v>
       </c>
       <c r="B749" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C749" s="1" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
-        <v>814</v>
+        <v>833</v>
       </c>
       <c r="B750" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C750" s="1" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
-        <v>814</v>
+        <v>833</v>
       </c>
       <c r="B751" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
       <c r="C751" s="1" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B752" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B753" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B754" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B755" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B756" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B757" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B758" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>818</v>
+        <v>845</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B759" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B760" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B761" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B762" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B763" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B764" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B765" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B766" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B767" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="B768" t="s">
-        <v>815</v>
+        <v>838</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
-        <v>853</v>
+        <v>837</v>
       </c>
       <c r="B769" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
-        <v>853</v>
+        <v>837</v>
       </c>
       <c r="B770" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
-        <v>853</v>
+        <v>837</v>
       </c>
       <c r="B771" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
-        <v>853</v>
+        <v>837</v>
       </c>
       <c r="B772" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
-        <v>853</v>
+        <v>837</v>
       </c>
       <c r="B773" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B774" t="s">
+        <v>838</v>
+      </c>
+      <c r="C774" s="1" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B775" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B776" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B777" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B778" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B779" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>867</v>
+        <v>841</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B780" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B781" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B782" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B783" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B784" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B785" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B786" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B787" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B788" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="B789" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
-        <v>860</v>
+        <v>876</v>
       </c>
       <c r="B790" t="s">
-        <v>861</v>
+        <v>877</v>
       </c>
       <c r="C790" s="1" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
-        <v>860</v>
+        <v>876</v>
       </c>
       <c r="B791" t="s">
-        <v>861</v>
+        <v>877</v>
       </c>
       <c r="C791" s="1" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
-        <v>860</v>
+        <v>876</v>
       </c>
       <c r="B792" t="s">
-        <v>861</v>
+        <v>877</v>
       </c>
       <c r="C792" s="1" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" t="s">
-        <v>860</v>
+        <v>876</v>
       </c>
       <c r="B793" t="s">
-        <v>861</v>
+        <v>877</v>
       </c>
       <c r="C793" s="1" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" t="s">
-        <v>860</v>
+        <v>876</v>
       </c>
       <c r="B794" t="s">
-        <v>861</v>
+        <v>877</v>
       </c>
       <c r="C794" s="1" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B795" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B796" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B797" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B798" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B799" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B800" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B801" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B802" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B803" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B804" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B805" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B806" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B807" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" t="s">
-        <v>860</v>
+        <v>883</v>
       </c>
       <c r="B808" t="s">
-        <v>861</v>
+        <v>884</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" t="s">
-        <v>897</v>
+        <v>883</v>
       </c>
       <c r="B809" t="s">
-        <v>898</v>
+        <v>884</v>
       </c>
       <c r="C809" s="1" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" t="s">
+        <v>883</v>
+      </c>
+      <c r="B810" t="s">
+        <v>884</v>
+      </c>
+      <c r="C810" s="1" t="s">
         <v>900</v>
-      </c>
-[...4 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" t="s">
-        <v>900</v>
+        <v>883</v>
       </c>
       <c r="B811" t="s">
+        <v>884</v>
+      </c>
+      <c r="C811" s="1" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>903</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" t="s">
-        <v>904</v>
+        <v>883</v>
       </c>
       <c r="B812" t="s">
-        <v>905</v>
+        <v>884</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" t="s">
-        <v>904</v>
+        <v>883</v>
       </c>
       <c r="B813" t="s">
-        <v>905</v>
+        <v>884</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B814" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>910</v>
+        <v>904</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B815" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>911</v>
+        <v>905</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B816" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B817" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>913</v>
+        <v>907</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" t="s">
+        <v>883</v>
+      </c>
+      <c r="B818" t="s">
+        <v>884</v>
+      </c>
+      <c r="C818" s="1" t="s">
         <v>908</v>
-      </c>
-[...4 lines deleted...]
-        <v>914</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B819" t="s">
+        <v>884</v>
+      </c>
+      <c r="C819" s="1" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B820" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B821" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>917</v>
+        <v>911</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B822" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>918</v>
+        <v>912</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B823" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B824" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>920</v>
+        <v>914</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B825" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B826" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>922</v>
+        <v>916</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B827" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B828" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>924</v>
+        <v>918</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" t="s">
-        <v>908</v>
+        <v>883</v>
       </c>
       <c r="B829" t="s">
-        <v>909</v>
+        <v>884</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" t="s">
-        <v>908</v>
+        <v>920</v>
       </c>
       <c r="B830" t="s">
-        <v>909</v>
+        <v>921</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="B831" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" t="s">
-        <v>930</v>
+        <v>923</v>
       </c>
       <c r="B832" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>932</v>
+        <v>926</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="B833" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" t="s">
+        <v>927</v>
+      </c>
+      <c r="B834" t="s">
+        <v>928</v>
+      </c>
+      <c r="C834" s="1" t="s">
         <v>930</v>
-      </c>
-[...4 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B835" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B836" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B837" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" t="s">
-        <v>938</v>
+        <v>931</v>
       </c>
       <c r="B838" t="s">
-        <v>939</v>
+        <v>932</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" t="s">
-        <v>938</v>
+        <v>931</v>
       </c>
       <c r="B839" t="s">
-        <v>939</v>
+        <v>932</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" t="s">
+        <v>931</v>
+      </c>
+      <c r="B840" t="s">
+        <v>932</v>
+      </c>
+      <c r="C840" s="1" t="s">
         <v>938</v>
-      </c>
-[...4 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B841" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>945</v>
+        <v>939</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B842" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>946</v>
+        <v>940</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B843" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>947</v>
+        <v>941</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B844" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>948</v>
+        <v>942</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" t="s">
+        <v>931</v>
+      </c>
+      <c r="B845" t="s">
+        <v>932</v>
+      </c>
+      <c r="C845" s="1" t="s">
         <v>943</v>
-      </c>
-[...4 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B846" t="s">
+        <v>932</v>
+      </c>
+      <c r="C846" s="1" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B847" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>951</v>
+        <v>945</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B848" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>952</v>
+        <v>946</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B849" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>953</v>
+        <v>947</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B850" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>954</v>
+        <v>948</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B851" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>955</v>
+        <v>949</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="B852" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="B853" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="B854" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="B855" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" t="s">
-        <v>960</v>
+        <v>953</v>
       </c>
       <c r="B856" t="s">
-        <v>961</v>
+        <v>954</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" t="s">
-        <v>960</v>
+        <v>953</v>
       </c>
       <c r="B857" t="s">
-        <v>961</v>
+        <v>954</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" t="s">
+        <v>953</v>
+      </c>
+      <c r="B858" t="s">
+        <v>954</v>
+      </c>
+      <c r="C858" s="1" t="s">
         <v>960</v>
-      </c>
-[...4 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B859" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B860" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B861" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B862" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C862" s="1" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B863" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C863" s="1" t="s">
         <v>969</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B864" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C864" s="1" t="s">
         <v>970</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B865" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C865" s="1" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B866" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C866" s="1" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B867" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C867" s="1" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B868" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C868" s="1" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B869" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C869" s="1" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B870" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C870" s="1" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B871" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C871" s="1" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="B872" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C872" s="1" t="s">
         <v>978</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" t="s">
+        <v>966</v>
+      </c>
+      <c r="B873" t="s">
+        <v>967</v>
+      </c>
+      <c r="C873" s="1" t="s">
         <v>979</v>
-      </c>
-[...4 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="B874" t="s">
+        <v>967</v>
+      </c>
+      <c r="C874" s="1" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" t="s">
-        <v>983</v>
+        <v>966</v>
       </c>
       <c r="B875" t="s">
-        <v>984</v>
+        <v>967</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" t="s">
-        <v>983</v>
+        <v>966</v>
       </c>
       <c r="B876" t="s">
-        <v>984</v>
+        <v>967</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" t="s">
         <v>983</v>
       </c>
       <c r="B877" t="s">
         <v>984</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="B878" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="B879" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
       <c r="B880" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>994</v>
+        <v>988</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
       <c r="B881" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>995</v>
+        <v>989</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
       <c r="B882" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>996</v>
+        <v>990</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" t="s">
-        <v>997</v>
+        <v>983</v>
       </c>
       <c r="B883" t="s">
-        <v>998</v>
+        <v>984</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>999</v>
+        <v>991</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" t="s">
-        <v>997</v>
+        <v>983</v>
       </c>
       <c r="B884" t="s">
-        <v>998</v>
+        <v>984</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>1000</v>
+        <v>992</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="B885" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>1003</v>
+        <v>993</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="B886" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>1004</v>
+        <v>994</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="B887" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>1005</v>
+        <v>995</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="B888" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>1006</v>
+        <v>996</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="B889" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>1007</v>
+        <v>997</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="B890" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>1008</v>
+        <v>998</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" t="s">
-        <v>1009</v>
+        <v>983</v>
       </c>
       <c r="B891" t="s">
-        <v>1010</v>
+        <v>984</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>1011</v>
+        <v>999</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" t="s">
-        <v>1009</v>
+        <v>983</v>
       </c>
       <c r="B892" t="s">
-        <v>1010</v>
+        <v>984</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>1012</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" t="s">
-        <v>1009</v>
+        <v>983</v>
       </c>
       <c r="B893" t="s">
-        <v>1010</v>
+        <v>984</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>1013</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" t="s">
-        <v>1009</v>
+        <v>1002</v>
       </c>
       <c r="B894" t="s">
-        <v>1010</v>
+        <v>1003</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" t="s">
-        <v>1009</v>
+        <v>1002</v>
       </c>
       <c r="B895" t="s">
-        <v>1010</v>
+        <v>1003</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>1015</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="B896" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>1016</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B897" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C897" s="1" t="s">
         <v>1009</v>
-      </c>
-[...4 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="B898" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C898" s="1" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B899" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>1019</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B900" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>1020</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="B901" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>1021</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="B902" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>1022</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" t="s">
-        <v>1023</v>
+        <v>1015</v>
       </c>
       <c r="B903" t="s">
-        <v>1024</v>
+        <v>1016</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>1025</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="B904" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>1026</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B905" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C905" s="1" t="s">
         <v>1023</v>
-      </c>
-[...4 lines deleted...]
-        <v>1027</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="B906" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="B907" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>1031</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B908" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C908" s="1" t="s">
         <v>1028</v>
-      </c>
-[...4 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="B909" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C909" s="1" t="s">
         <v>1029</v>
-      </c>
-[...1 lines deleted...]
-        <v>1033</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="B910" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="B911" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B912" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B913" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B914" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B915" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B916" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B917" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B918" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B919" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>1043</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B920" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B921" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B922" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B923" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" t="s">
-        <v>1028</v>
+        <v>1046</v>
       </c>
       <c r="B924" t="s">
-        <v>1029</v>
+        <v>1047</v>
       </c>
       <c r="C924" s="1" t="s">
         <v>1048</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" t="s">
-        <v>1028</v>
+        <v>1046</v>
       </c>
       <c r="B925" t="s">
-        <v>1029</v>
+        <v>1047</v>
       </c>
       <c r="C925" s="1" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" t="s">
-        <v>1028</v>
+        <v>1046</v>
       </c>
       <c r="B926" t="s">
-        <v>1029</v>
+        <v>1047</v>
       </c>
       <c r="C926" s="1" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" t="s">
-        <v>1028</v>
+        <v>1051</v>
       </c>
       <c r="B927" t="s">
-        <v>1029</v>
+        <v>1052</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" t="s">
-        <v>1028</v>
+        <v>1051</v>
       </c>
       <c r="B928" t="s">
-        <v>1029</v>
+        <v>1052</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" t="s">
-        <v>1028</v>
+        <v>1051</v>
       </c>
       <c r="B929" t="s">
-        <v>1029</v>
+        <v>1052</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" t="s">
-        <v>1028</v>
+        <v>1051</v>
       </c>
       <c r="B930" t="s">
-        <v>1029</v>
+        <v>1052</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B931" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C931" s="1" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B932" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C932" s="1" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B933" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C933" s="1" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B934" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C934" s="1" t="s">
         <v>1060</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B935" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C935" s="1" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B936" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C936" s="1" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B937" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C937" s="1" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B938" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C938" s="1" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B939" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C939" s="1" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B940" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C940" s="1" t="s">
         <v>1066</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B941" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C941" s="1" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B942" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C942" s="1" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B943" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C943" s="1" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B944" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C944" s="1" t="s">
         <v>1070</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B945" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C945" s="1" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B946" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C946" s="1" t="s">
         <v>1072</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B947" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C947" s="1" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B948" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C948" s="1" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B949" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C949" s="1" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B950" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C950" s="1" t="s">
         <v>1076</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B951" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C951" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B952" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B953" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B954" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B955" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B956" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B957" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B958" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B959" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B960" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B961" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B962" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B963" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="B964" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" t="s">
-        <v>1091</v>
+        <v>1078</v>
       </c>
       <c r="B965" t="s">
-        <v>1092</v>
+        <v>1079</v>
       </c>
       <c r="C965" s="1" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" t="s">
-        <v>1091</v>
+        <v>1078</v>
       </c>
       <c r="B966" t="s">
-        <v>1092</v>
+        <v>1079</v>
       </c>
       <c r="C966" s="1" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B967" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C967" s="1" t="s">
         <v>1095</v>
-      </c>
-[...4 lines deleted...]
-        <v>1097</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B968" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C968" s="1" t="s">
         <v>1096</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B969" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B970" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B971" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B972" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B973" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B974" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B975" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B976" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B977" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B978" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B979" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B980" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B981" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B982" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B983" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B984" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="B985" t="s">
-        <v>1096</v>
+        <v>1079</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" t="s">
-        <v>1095</v>
+        <v>1114</v>
       </c>
       <c r="B986" t="s">
-        <v>1096</v>
+        <v>1115</v>
       </c>
       <c r="C986" s="1" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" t="s">
-        <v>1095</v>
+        <v>1114</v>
       </c>
       <c r="B987" t="s">
-        <v>1096</v>
+        <v>1115</v>
       </c>
       <c r="C987" s="1" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B988" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B989" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B990" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B991" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B992" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B993" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B994" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B995" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B996" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B997" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B998" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B999" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1000" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1001" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1002" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1003" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1004" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1005" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1006" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1007" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1008" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1009" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1010" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1011" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1012" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1013" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1014" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1015" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1016" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1017" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1018" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1019" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1020" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1021" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1022" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1023" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1024" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1025" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1026" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1027" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1028" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1029" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1030" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1031" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1032" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1033" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1034" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1035" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1036" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1037" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1038" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1039" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1040" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1041" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>1099</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1042" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1043" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1044" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1045" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1046" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1047" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1048" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1049" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="B1050" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1051" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1052" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1053" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1054" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1055" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1056" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>1186</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1057" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1058" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1059" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1060" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1061" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1062" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>1192</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1063" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1063" s="1" t="s">
         <v>1193</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1064" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1064" s="1" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1065" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1065" s="1" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1066" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1066" s="1" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1067" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1067" s="1" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1068" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1068" s="1" t="s">
         <v>1198</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1069" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1069" s="1" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1070" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1070" s="1" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="B1071" t="s">
-        <v>1180</v>
+        <v>1119</v>
       </c>
       <c r="C1071" s="1" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" t="s">
-        <v>1179</v>
+        <v>1202</v>
       </c>
       <c r="B1072" t="s">
-        <v>1180</v>
+        <v>1203</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" t="s">
-        <v>1179</v>
+        <v>1202</v>
       </c>
       <c r="B1073" t="s">
-        <v>1180</v>
+        <v>1203</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" t="s">
-        <v>1179</v>
+        <v>1202</v>
       </c>
       <c r="B1074" t="s">
-        <v>1180</v>
+        <v>1203</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" t="s">
-        <v>1179</v>
+        <v>1202</v>
       </c>
       <c r="B1075" t="s">
-        <v>1180</v>
+        <v>1203</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" t="s">
-        <v>1179</v>
+        <v>1202</v>
       </c>
       <c r="B1076" t="s">
-        <v>1180</v>
+        <v>1203</v>
       </c>
       <c r="C1076" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" t="s">
-        <v>1179</v>
+        <v>1202</v>
       </c>
       <c r="B1077" t="s">
-        <v>1180</v>
+        <v>1203</v>
       </c>
       <c r="C1077" s="1" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" t="s">
-        <v>1208</v>
+        <v>1202</v>
       </c>
       <c r="B1078" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="C1078" s="1" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B1079" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C1079" s="1" t="s">
         <v>1211</v>
-      </c>
-[...4 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1080" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C1080" s="1" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1214</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1081" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1082" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1083" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1084" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1085" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1086" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1087" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1088" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1089" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>1223</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1090" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>1224</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1091" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>1225</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1092" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1093" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1094" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>1228</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1095" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1096" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1097" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="B1098" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" t="s">
-        <v>1211</v>
+        <v>1231</v>
       </c>
       <c r="B1099" t="s">
-        <v>1212</v>
+        <v>1232</v>
       </c>
       <c r="C1099" s="1" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" t="s">
-        <v>1211</v>
+        <v>1234</v>
       </c>
       <c r="B1100" t="s">
-        <v>1212</v>
+        <v>1235</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" t="s">
-        <v>1211</v>
+        <v>1234</v>
       </c>
       <c r="B1101" t="s">
-        <v>1212</v>
+        <v>1235</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" t="s">
-        <v>1211</v>
+        <v>1234</v>
       </c>
       <c r="B1102" t="s">
-        <v>1212</v>
+        <v>1235</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" t="s">
-        <v>1211</v>
+        <v>1234</v>
       </c>
       <c r="B1103" t="s">
-        <v>1212</v>
+        <v>1235</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="B1104" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="C1104" s="1" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="B1105" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="C1105" s="1" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="B1106" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="C1106" s="1" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="B1107" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="C1107" s="1" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="B1108" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="C1108" s="1" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B1109" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C1109" s="1" t="s">
         <v>1245</v>
-      </c>
-[...4 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" t="s">
-        <v>1245</v>
+        <v>1234</v>
       </c>
       <c r="B1110" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C1110" s="1" t="s">
         <v>1246</v>
-      </c>
-[...1 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" t="s">
-        <v>1249</v>
+        <v>1234</v>
       </c>
       <c r="B1111" t="s">
-        <v>1250</v>
+        <v>1235</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>1251</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" t="s">
-        <v>1249</v>
+        <v>1234</v>
       </c>
       <c r="B1112" t="s">
-        <v>1250</v>
+        <v>1235</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>1252</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1113" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>1255</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1114" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>1256</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1115" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>1257</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1116" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>1258</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B1117" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C1117" s="1" t="s">
         <v>1253</v>
-      </c>
-[...4 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1118" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C1118" s="1" t="s">
         <v>1254</v>
-      </c>
-[...1 lines deleted...]
-        <v>1260</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1119" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>1261</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1120" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>1262</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1121" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>1263</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1122" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>1264</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1123" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>1265</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B1124" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>1266</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" t="s">
-        <v>1253</v>
+        <v>1261</v>
       </c>
       <c r="B1125" t="s">
-        <v>1254</v>
+        <v>1262</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>1267</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" t="s">
-        <v>1253</v>
+        <v>1261</v>
       </c>
       <c r="B1126" t="s">
-        <v>1254</v>
+        <v>1262</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>1268</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" t="s">
-        <v>1253</v>
+        <v>1261</v>
       </c>
       <c r="B1127" t="s">
-        <v>1254</v>
+        <v>1262</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>1269</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" t="s">
-        <v>1253</v>
+        <v>1261</v>
       </c>
       <c r="B1128" t="s">
-        <v>1254</v>
+        <v>1262</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>1270</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" t="s">
-        <v>1253</v>
+        <v>1261</v>
       </c>
       <c r="B1129" t="s">
-        <v>1254</v>
+        <v>1262</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>1271</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" t="s">
-        <v>1272</v>
+        <v>1268</v>
       </c>
       <c r="B1130" t="s">
-        <v>1273</v>
+        <v>1269</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>1274</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" t="s">
-        <v>1275</v>
+        <v>1268</v>
       </c>
       <c r="B1131" t="s">
-        <v>1276</v>
+        <v>1269</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>1277</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="B1132" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>1278</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" t="s">
-        <v>1279</v>
+        <v>1272</v>
       </c>
       <c r="B1133" t="s">
-        <v>1280</v>
+        <v>1273</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>1281</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1134" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>1282</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B1135" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C1135" s="1" t="s">
         <v>1279</v>
-      </c>
-[...4 lines deleted...]
-        <v>1283</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1136" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C1136" s="1" t="s">
         <v>1280</v>
-      </c>
-[...1 lines deleted...]
-        <v>1284</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1137" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>1285</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1138" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>1286</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1139" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1140" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1141" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>1289</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1142" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>1290</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1143" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1144" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1145" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>1293</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1146" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>1294</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1147" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>1295</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1148" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>1296</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1149" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>1297</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B1150" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>1298</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" t="s">
-        <v>1279</v>
+        <v>1295</v>
       </c>
       <c r="B1151" t="s">
-        <v>1280</v>
+        <v>1296</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" t="s">
-        <v>1279</v>
+        <v>1298</v>
       </c>
       <c r="B1152" t="s">
-        <v>1280</v>
+        <v>1299</v>
       </c>
       <c r="C1152" s="1" t="s">
         <v>1300</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" t="s">
-        <v>1279</v>
+        <v>1298</v>
       </c>
       <c r="B1153" t="s">
-        <v>1280</v>
+        <v>1299</v>
       </c>
       <c r="C1153" s="1" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1154" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1155" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1156" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1157" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1158" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1159" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1160" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1161" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1162" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1163" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1164" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1164" s="1" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1165" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1166" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1167" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1168" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1169" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1170" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1171" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1172" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1173" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1174" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1175" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1175" s="1" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1176" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1177" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1178" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1179" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1180" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1181" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1182" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1183" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1184" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1185" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1185" s="1" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1186" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1187" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1187" s="1" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1188" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1188" s="1" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1189" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1189" s="1" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1190" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1190" s="1" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1191" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1191" s="1" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1192" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1192" s="1" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1193" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1193" s="1" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1194" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1194" s="1" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1195" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1195" s="1" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1196" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1196" s="1" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1197" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1197" s="1" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1198" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1198" s="1" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1199" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1199" s="1" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1200" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1200" s="1" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1201" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1201" s="1" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1202" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1202" s="1" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1203" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1203" s="1" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1204" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1204" s="1" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1205" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1205" s="1" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1206" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1206" s="1" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1207" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1207" s="1" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1208" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1208" s="1" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B1209" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C1209" s="1" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" t="s">
-        <v>1358</v>
+        <v>1302</v>
       </c>
       <c r="B1210" t="s">
-        <v>1359</v>
+        <v>1303</v>
       </c>
       <c r="C1210" s="1" t="s">
         <v>1360</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" t="s">
-        <v>1358</v>
+        <v>1302</v>
       </c>
       <c r="B1211" t="s">
-        <v>1359</v>
+        <v>1303</v>
       </c>
       <c r="C1211" s="1" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" t="s">
-        <v>1358</v>
+        <v>1302</v>
       </c>
       <c r="B1212" t="s">
-        <v>1359</v>
+        <v>1303</v>
       </c>
       <c r="C1212" s="1" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" t="s">
-        <v>1358</v>
+        <v>1302</v>
       </c>
       <c r="B1213" t="s">
-        <v>1359</v>
+        <v>1303</v>
       </c>
       <c r="C1213" s="1" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" t="s">
-        <v>1358</v>
+        <v>1302</v>
       </c>
       <c r="B1214" t="s">
-        <v>1359</v>
+        <v>1303</v>
       </c>
       <c r="C1214" s="1" t="s">
         <v>1364</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" t="s">
-        <v>1358</v>
+        <v>1302</v>
       </c>
       <c r="B1215" t="s">
-        <v>1359</v>
+        <v>1303</v>
       </c>
       <c r="C1215" s="1" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" t="s">
-        <v>1358</v>
+        <v>1302</v>
       </c>
       <c r="B1216" t="s">
-        <v>1359</v>
+        <v>1303</v>
       </c>
       <c r="C1216" s="1" t="s">
         <v>1366</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" t="s">
-        <v>1358</v>
+        <v>1302</v>
       </c>
       <c r="B1217" t="s">
-        <v>1359</v>
+        <v>1303</v>
       </c>
       <c r="C1217" s="1" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" t="s">
-        <v>1358</v>
+        <v>1302</v>
       </c>
       <c r="B1218" t="s">
-        <v>1359</v>
+        <v>1303</v>
       </c>
       <c r="C1218" s="1" t="s">
         <v>1368</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B1219" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C1219" s="1" t="s">
         <v>1369</v>
-      </c>
-[...4 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" t="s">
-        <v>1369</v>
+        <v>1302</v>
       </c>
       <c r="B1220" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C1220" s="1" t="s">
         <v>1370</v>
-      </c>
-[...1 lines deleted...]
-        <v>1372</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" t="s">
-        <v>1373</v>
+        <v>1302</v>
       </c>
       <c r="B1221" t="s">
-        <v>1374</v>
+        <v>1303</v>
       </c>
       <c r="C1221" s="1" t="s">
-        <v>1375</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" t="s">
-        <v>1373</v>
+        <v>1302</v>
       </c>
       <c r="B1222" t="s">
-        <v>1374</v>
+        <v>1303</v>
       </c>
       <c r="C1222" s="1" t="s">
-        <v>1376</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" t="s">
-        <v>1377</v>
+        <v>1302</v>
       </c>
       <c r="B1223" t="s">
-        <v>1378</v>
+        <v>1303</v>
       </c>
       <c r="C1223" s="1" t="s">
-        <v>1379</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" t="s">
-        <v>1377</v>
+        <v>1302</v>
       </c>
       <c r="B1224" t="s">
-        <v>1378</v>
+        <v>1303</v>
       </c>
       <c r="C1224" s="1" t="s">
-        <v>1380</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" t="s">
-        <v>1377</v>
+        <v>1302</v>
       </c>
       <c r="B1225" t="s">
-        <v>1378</v>
+        <v>1303</v>
       </c>
       <c r="C1225" s="1" t="s">
-        <v>1381</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" t="s">
-        <v>1382</v>
+        <v>1302</v>
       </c>
       <c r="B1226" t="s">
-        <v>1383</v>
+        <v>1303</v>
       </c>
       <c r="C1226" s="1" t="s">
-        <v>1384</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" t="s">
-        <v>1382</v>
+        <v>1302</v>
       </c>
       <c r="B1227" t="s">
-        <v>1383</v>
+        <v>1303</v>
       </c>
       <c r="C1227" s="1" t="s">
-        <v>1385</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" t="s">
-        <v>1386</v>
+        <v>1302</v>
       </c>
       <c r="B1228" t="s">
-        <v>1387</v>
+        <v>1303</v>
       </c>
       <c r="C1228" s="1" t="s">
-        <v>1388</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" t="s">
-        <v>1389</v>
+        <v>1302</v>
       </c>
       <c r="B1229" t="s">
-        <v>1390</v>
+        <v>1303</v>
       </c>
       <c r="C1229" s="1" t="s">
-        <v>1391</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" t="s">
-        <v>1389</v>
+        <v>1302</v>
       </c>
       <c r="B1230" t="s">
-        <v>1390</v>
+        <v>1303</v>
       </c>
       <c r="C1230" s="1" t="s">
-        <v>1392</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" t="s">
-        <v>1389</v>
+        <v>1381</v>
       </c>
       <c r="B1231" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="C1231" s="1" t="s">
-        <v>1393</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" t="s">
-        <v>1389</v>
+        <v>1381</v>
       </c>
       <c r="B1232" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="C1232" s="1" t="s">
-        <v>1394</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" t="s">
-        <v>1389</v>
+        <v>1381</v>
       </c>
       <c r="B1233" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="C1233" s="1" t="s">
-        <v>1395</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" t="s">
-        <v>1396</v>
+        <v>1381</v>
       </c>
       <c r="B1234" t="s">
-        <v>1397</v>
+        <v>1382</v>
       </c>
       <c r="C1234" s="1" t="s">
-        <v>1398</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" t="s">
-        <v>1399</v>
+        <v>1381</v>
       </c>
       <c r="B1235" t="s">
-        <v>1400</v>
+        <v>1382</v>
       </c>
       <c r="C1235" s="1" t="s">
-        <v>1401</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" t="s">
-        <v>1399</v>
+        <v>1381</v>
       </c>
       <c r="B1236" t="s">
-        <v>1400</v>
+        <v>1382</v>
       </c>
       <c r="C1236" s="1" t="s">
-        <v>1402</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" t="s">
-        <v>1399</v>
+        <v>1381</v>
       </c>
       <c r="B1237" t="s">
-        <v>1400</v>
+        <v>1382</v>
       </c>
       <c r="C1237" s="1" t="s">
-        <v>1403</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" t="s">
-        <v>1399</v>
+        <v>1381</v>
       </c>
       <c r="B1238" t="s">
-        <v>1400</v>
+        <v>1382</v>
       </c>
       <c r="C1238" s="1" t="s">
-        <v>1404</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" t="s">
-        <v>1399</v>
+        <v>1381</v>
       </c>
       <c r="B1239" t="s">
-        <v>1400</v>
+        <v>1382</v>
       </c>
       <c r="C1239" s="1" t="s">
-        <v>1405</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="B1240" t="s">
-        <v>1407</v>
+        <v>1393</v>
       </c>
       <c r="C1240" s="1" t="s">
-        <v>1406</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" t="s">
-        <v>1408</v>
+        <v>1392</v>
       </c>
       <c r="B1241" t="s">
-        <v>1407</v>
+        <v>1393</v>
       </c>
       <c r="C1241" s="1" t="s">
-        <v>1408</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" t="s">
-        <v>1409</v>
+        <v>1396</v>
       </c>
       <c r="B1242" t="s">
-        <v>1407</v>
+        <v>1397</v>
       </c>
       <c r="C1242" s="1" t="s">
-        <v>1409</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" t="s">
-        <v>1410</v>
+        <v>1396</v>
       </c>
       <c r="B1243" t="s">
-        <v>1407</v>
+        <v>1397</v>
       </c>
       <c r="C1243" s="1" t="s">
-        <v>1410</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" t="s">
-        <v>1411</v>
+        <v>1400</v>
       </c>
       <c r="B1244" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="C1244" s="1" t="s">
-        <v>1411</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" t="s">
-        <v>1412</v>
+        <v>1400</v>
       </c>
       <c r="B1245" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="C1245" s="1" t="s">
-        <v>1412</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" t="s">
-        <v>1413</v>
+        <v>1400</v>
       </c>
       <c r="B1246" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="C1246" s="1" t="s">
-        <v>1413</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" t="s">
-        <v>1414</v>
+        <v>1405</v>
       </c>
       <c r="B1247" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C1247" s="1" t="s">
         <v>1407</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" t="s">
-        <v>1415</v>
+        <v>1405</v>
       </c>
       <c r="B1248" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="C1248" s="1" t="s">
-        <v>1415</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" t="s">
-        <v>1416</v>
+        <v>1409</v>
       </c>
       <c r="B1249" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
       <c r="C1249" s="1" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="B1250" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="C1250" s="1" t="s">
-        <v>1417</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" t="s">
-        <v>1418</v>
+        <v>1412</v>
       </c>
       <c r="B1251" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="C1251" s="1" t="s">
-        <v>1418</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" t="s">
-        <v>1419</v>
+        <v>1412</v>
       </c>
       <c r="B1252" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="C1252" s="1" t="s">
-        <v>1419</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B1253" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C1253" s="1" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B1254" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C1254" s="1" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B1255" t="s">
         <v>1420</v>
       </c>
-      <c r="B1253" t="s">
-[...3 lines deleted...]
-        <v>1420</v>
+      <c r="C1255" s="1" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B1256" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C1256" s="1" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B1257" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C1257" s="1" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B1258" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C1258" s="1" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B1259" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C1259" s="1" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B1260" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C1260" s="1" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B1261" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1261" s="1" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B1262" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1262" s="1" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B1263" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1263" s="1" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B1264" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1264" s="1" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B1265" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1265" s="1" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B1266" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1266" s="1" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B1267" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1267" s="1" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B1268" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1268" s="1" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B1269" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1269" s="1" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B1270" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1270" s="1" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B1271" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1271" s="1" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:3">
+      <c r="A1272" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B1272" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1272" s="1" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B1273" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1273" s="1" t="s">
+        <v>1442</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -19677,50 +19963,70 @@
     <hyperlink ref="C1229" r:id="rId_hyperlink_1228"/>
     <hyperlink ref="C1230" r:id="rId_hyperlink_1229"/>
     <hyperlink ref="C1231" r:id="rId_hyperlink_1230"/>
     <hyperlink ref="C1232" r:id="rId_hyperlink_1231"/>
     <hyperlink ref="C1233" r:id="rId_hyperlink_1232"/>
     <hyperlink ref="C1234" r:id="rId_hyperlink_1233"/>
     <hyperlink ref="C1235" r:id="rId_hyperlink_1234"/>
     <hyperlink ref="C1236" r:id="rId_hyperlink_1235"/>
     <hyperlink ref="C1237" r:id="rId_hyperlink_1236"/>
     <hyperlink ref="C1238" r:id="rId_hyperlink_1237"/>
     <hyperlink ref="C1239" r:id="rId_hyperlink_1238"/>
     <hyperlink ref="C1240" r:id="rId_hyperlink_1239"/>
     <hyperlink ref="C1241" r:id="rId_hyperlink_1240"/>
     <hyperlink ref="C1242" r:id="rId_hyperlink_1241"/>
     <hyperlink ref="C1243" r:id="rId_hyperlink_1242"/>
     <hyperlink ref="C1244" r:id="rId_hyperlink_1243"/>
     <hyperlink ref="C1245" r:id="rId_hyperlink_1244"/>
     <hyperlink ref="C1246" r:id="rId_hyperlink_1245"/>
     <hyperlink ref="C1247" r:id="rId_hyperlink_1246"/>
     <hyperlink ref="C1248" r:id="rId_hyperlink_1247"/>
     <hyperlink ref="C1249" r:id="rId_hyperlink_1248"/>
     <hyperlink ref="C1250" r:id="rId_hyperlink_1249"/>
     <hyperlink ref="C1251" r:id="rId_hyperlink_1250"/>
     <hyperlink ref="C1252" r:id="rId_hyperlink_1251"/>
     <hyperlink ref="C1253" r:id="rId_hyperlink_1252"/>
+    <hyperlink ref="C1254" r:id="rId_hyperlink_1253"/>
+    <hyperlink ref="C1255" r:id="rId_hyperlink_1254"/>
+    <hyperlink ref="C1256" r:id="rId_hyperlink_1255"/>
+    <hyperlink ref="C1257" r:id="rId_hyperlink_1256"/>
+    <hyperlink ref="C1258" r:id="rId_hyperlink_1257"/>
+    <hyperlink ref="C1259" r:id="rId_hyperlink_1258"/>
+    <hyperlink ref="C1260" r:id="rId_hyperlink_1259"/>
+    <hyperlink ref="C1261" r:id="rId_hyperlink_1260"/>
+    <hyperlink ref="C1262" r:id="rId_hyperlink_1261"/>
+    <hyperlink ref="C1263" r:id="rId_hyperlink_1262"/>
+    <hyperlink ref="C1264" r:id="rId_hyperlink_1263"/>
+    <hyperlink ref="C1265" r:id="rId_hyperlink_1264"/>
+    <hyperlink ref="C1266" r:id="rId_hyperlink_1265"/>
+    <hyperlink ref="C1267" r:id="rId_hyperlink_1266"/>
+    <hyperlink ref="C1268" r:id="rId_hyperlink_1267"/>
+    <hyperlink ref="C1269" r:id="rId_hyperlink_1268"/>
+    <hyperlink ref="C1270" r:id="rId_hyperlink_1269"/>
+    <hyperlink ref="C1271" r:id="rId_hyperlink_1270"/>
+    <hyperlink ref="C1272" r:id="rId_hyperlink_1271"/>
+    <hyperlink ref="C1273" r:id="rId_hyperlink_1272"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>